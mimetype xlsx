--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,239 +12,276 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
+  </si>
+  <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,415 +545,460 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K4" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="N4" t="s">
         <v>39</v>
       </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
         <v>29</v>
-      </c>
-[...113 lines deleted...]
-        <v>49</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>