--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -12,176 +12,195 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -445,233 +464,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="397.474" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="54.13" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...26 lines deleted...]
-        <v>28</v>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>