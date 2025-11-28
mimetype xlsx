--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1283 +12,1125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...25 lines deleted...]
-    <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
-    <t>CEL-022. Ventilators</t>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
-[...140 lines deleted...]
-    <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
+  </si>
+  <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
+    <t>Smart home devices</t>
+  </si>
+  <si>
+    <t>CQC 3103-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
+    <t>Draft standard PROY-NOM-014-ENER-2020</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>National Commission for the Efficient Use of Energy</t>
+  </si>
+  <si>
+    <t>Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
+  </si>
+  <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
+    <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
+  </si>
+  <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...20 lines deleted...]
-    <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB/T 10180; NB/T 47066</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
+    <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
+  </si>
+  <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
+    <t>SY/T 0540; SY/T 6381</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
+  </si>
+  <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
+    <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
+  </si>
+  <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
+    <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
+  </si>
+  <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
+  </si>
+  <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
+    <t>Motors</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>0013</t>
+  </si>
+  <si>
+    <t>October 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
+    <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
+  </si>
+  <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
+  </si>
+  <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
+    <t>GB/T 19774; GB/T 24499</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
+  </si>
+  <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
-    <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
-[...283 lines deleted...]
-  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
-[...62 lines deleted...]
-    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Central ACs</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...22 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
-    <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
-    <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
-[...74 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
-  </si>
-[...28 lines deleted...]
-    <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
   </si>
   <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>September 2018</t>
+  </si>
+  <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
+    <t>November 2020</t>
+  </si>
+  <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1552,4225 +1394,2442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N98"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...38 lines deleted...]
-      <c r="J3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...191 lines deleted...]
-      <c r="C8" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>55</v>
       </c>
-      <c r="D8" t="s">
-[...96 lines deleted...]
-      <c r="K10"/>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N10" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
         <v>54</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2019</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>79</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...35 lines deleted...]
-      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K12"/>
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N12" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>49</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
         <v>54</v>
       </c>
-      <c r="C13" t="s">
-[...15 lines deleted...]
-      <c r="I13" t="s">
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
         <v>56</v>
       </c>
-      <c r="J13" t="s">
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...14 lines deleted...]
-      <c r="B14" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>49</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
         <v>54</v>
       </c>
-      <c r="C14" t="s">
-[...20 lines deleted...]
-      <c r="J14" t="s">
+      <c r="D16" t="s">
+        <v>95</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...29 lines deleted...]
-      <c r="G15">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H15">
-[...44 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="K16" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N16" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>103</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>106</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
+        <v>107</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>108</v>
+      </c>
+      <c r="M17" t="s">
+        <v>109</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" t="s">
+        <v>106</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>115</v>
+      </c>
+      <c r="M18" t="s">
+        <v>109</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>106</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>107</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>109</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...110 lines deleted...]
-        <v>2011</v>
+      <c r="G20" t="s">
+        <v>128</v>
       </c>
       <c r="H20"/>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K20"/>
+        <v>129</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="N20" t="s">
+        <v>131</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>136</v>
+      </c>
+      <c r="D21" t="s">
         <v>88</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
+        <v>137</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>138</v>
+      </c>
+      <c r="M21" t="s">
+        <v>139</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...34 lines deleted...]
-        <v>60</v>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
       </c>
       <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>145</v>
+      </c>
+      <c r="L22" t="s">
+        <v>146</v>
+      </c>
+      <c r="M22" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B23" t="s">
+        <v>150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
+        <v>107</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>152</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...14 lines deleted...]
-      <c r="B24" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>35</v>
       </c>
-      <c r="C24" t="s">
-[...14 lines deleted...]
-      <c r="H24">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>157</v>
+      </c>
+      <c r="M24" t="s">
+        <v>152</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>78</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>35</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>162</v>
+      </c>
+      <c r="M25" t="s">
+        <v>152</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>107</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>152</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>174</v>
+      </c>
+      <c r="H27" t="s">
+        <v>175</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>176</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>152</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>181</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>107</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>182</v>
+      </c>
+      <c r="M28" t="s">
+        <v>152</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>78</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2017</v>
       </c>
-      <c r="I24" t="s">
-[...22 lines deleted...]
-      <c r="B25" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>107</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>187</v>
+      </c>
+      <c r="M29" t="s">
+        <v>152</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>192</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>35</v>
       </c>
-      <c r="C25" t="s">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>193</v>
+      </c>
+      <c r="M30" t="s">
+        <v>152</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>194</v>
+      </c>
+      <c r="P30" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" t="s">
+        <v>197</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>199</v>
+      </c>
+      <c r="M31" t="s">
+        <v>152</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" t="s">
+        <v>144</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>35</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>204</v>
+      </c>
+      <c r="M32" t="s">
+        <v>152</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>205</v>
+      </c>
+      <c r="P32" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>207</v>
+      </c>
+      <c r="B33" t="s">
+        <v>208</v>
+      </c>
+      <c r="C33" t="s">
+        <v>209</v>
+      </c>
+      <c r="D33" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>211</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>212</v>
+      </c>
+      <c r="M33" t="s">
+        <v>213</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>214</v>
+      </c>
+      <c r="P33" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>218</v>
+      </c>
+      <c r="D34" t="s">
+        <v>219</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>220</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>221</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>222</v>
+      </c>
+      <c r="P34" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>224</v>
+      </c>
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>226</v>
+      </c>
+      <c r="D35" t="s">
+        <v>181</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>174</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>129</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>227</v>
+      </c>
+      <c r="M35" t="s">
+        <v>228</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>229</v>
+      </c>
+      <c r="P35" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>231</v>
+      </c>
+      <c r="B36" t="s">
+        <v>232</v>
+      </c>
+      <c r="C36" t="s">
+        <v>136</v>
+      </c>
+      <c r="D36" t="s">
+        <v>144</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>79</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>233</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>238</v>
+      </c>
+      <c r="D37" t="s">
+        <v>239</v>
+      </c>
+      <c r="E37" t="s">
+        <v>240</v>
+      </c>
+      <c r="F37" t="s">
+        <v>241</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2023</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>242</v>
+      </c>
+      <c r="K37" t="s">
+        <v>243</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
+        <v>126</v>
+      </c>
+      <c r="D38" t="s">
+        <v>127</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>129</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>249</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>250</v>
+      </c>
+      <c r="P38" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>252</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>254</v>
+      </c>
+      <c r="D39" t="s">
+        <v>255</v>
+      </c>
+      <c r="E39" t="s">
         <v>105</v>
       </c>
-      <c r="D25" t="s">
-[...17 lines deleted...]
-      <c r="J25" t="s">
+      <c r="F39" t="s">
+        <v>256</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>257</v>
+      </c>
+      <c r="M39" t="s">
+        <v>258</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>259</v>
+      </c>
+      <c r="P39" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>254</v>
+      </c>
+      <c r="D40" t="s">
+        <v>144</v>
+      </c>
+      <c r="E40" t="s">
+        <v>105</v>
+      </c>
+      <c r="F40" t="s">
+        <v>256</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2024</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>263</v>
+      </c>
+      <c r="K40" t="s">
+        <v>264</v>
+      </c>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
+      <c r="M40" t="s">
+        <v>258</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>268</v>
+      </c>
+      <c r="B41" t="s">
+        <v>269</v>
+      </c>
+      <c r="C41" t="s">
+        <v>270</v>
+      </c>
+      <c r="D41" t="s">
+        <v>271</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>79</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>272</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>273</v>
+      </c>
+      <c r="P41" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>277</v>
+      </c>
+      <c r="D42" t="s">
+        <v>278</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...720 lines deleted...]
-        <v>2010</v>
+      <c r="G42" t="s">
+        <v>174</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>166</v>
+        <v>242</v>
       </c>
       <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>279</v>
+      </c>
+      <c r="M42" t="s">
+        <v>280</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>281</v>
+      </c>
+      <c r="P42" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>283</v>
+      </c>
+      <c r="B43" t="s">
+        <v>284</v>
+      </c>
+      <c r="C43" t="s">
+        <v>285</v>
+      </c>
+      <c r="D43" t="s">
+        <v>181</v>
+      </c>
+      <c r="E43" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" t="s">
+        <v>106</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1998</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>286</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>287</v>
+      </c>
+      <c r="M43" t="s">
+        <v>288</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>291</v>
+      </c>
+      <c r="B44" t="s">
+        <v>292</v>
+      </c>
+      <c r="C44" t="s">
+        <v>47</v>
+      </c>
+      <c r="D44" t="s">
         <v>167</v>
       </c>
-      <c r="L42" t="s">
-[...35 lines deleted...]
-      <c r="J43" t="s">
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
+        <v>49</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>294</v>
+      </c>
+      <c r="B45" t="s">
+        <v>295</v>
+      </c>
+      <c r="C45" t="s">
+        <v>47</v>
+      </c>
+      <c r="D45" t="s">
+        <v>61</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K44" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
+        <v>49</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>296</v>
+      </c>
+      <c r="P45" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>298</v>
+      </c>
+      <c r="B46" t="s">
+        <v>299</v>
+      </c>
+      <c r="C46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D46" t="s">
+        <v>78</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
+        <v>49</v>
+      </c>
+      <c r="K46" t="s">
+        <v>79</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>300</v>
+      </c>
+      <c r="P46" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>301</v>
+      </c>
+      <c r="B47" t="s">
+        <v>302</v>
+      </c>
+      <c r="C47" t="s">
+        <v>303</v>
+      </c>
+      <c r="D47" t="s">
+        <v>304</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>256</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>305</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>306</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>307</v>
+      </c>
+      <c r="P47" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>309</v>
+      </c>
+      <c r="B48" t="s">
+        <v>310</v>
+      </c>
+      <c r="C48" t="s">
+        <v>311</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>105</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
+      <c r="G48" t="s">
+        <v>128</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>312</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>313</v>
+      </c>
+      <c r="N48" t="s">
+        <v>314</v>
+      </c>
+      <c r="O48" t="s">
+        <v>315</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>316</v>
+      </c>
+      <c r="B49" t="s">
+        <v>317</v>
+      </c>
+      <c r="C49" t="s">
+        <v>318</v>
+      </c>
+      <c r="D49" t="s">
         <v>181</v>
       </c>
-      <c r="L46" t="s">
-[...37 lines deleted...]
-      <c r="J47" t="s">
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K47"/>
-[...72 lines deleted...]
-        <v>2005</v>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>319</v>
       </c>
       <c r="K49" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>320</v>
       </c>
       <c r="N49" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>194</v>
+        <v>323</v>
       </c>
       <c r="B50" t="s">
-        <v>35</v>
+        <v>324</v>
       </c>
       <c r="C50" t="s">
-        <v>105</v>
+        <v>318</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>325</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>256</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>319</v>
       </c>
       <c r="K50" t="s">
-        <v>195</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>171</v>
+        <v>326</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>320</v>
       </c>
       <c r="N50" t="s">
-        <v>196</v>
-[...1309 lines deleted...]
-      <c r="K81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
         <v>327</v>
       </c>
-      <c r="L81" t="s">
-[...5 lines deleted...]
-      <c r="N81" t="s">
+      <c r="P50" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="82" spans="1:14">
-[...698 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>