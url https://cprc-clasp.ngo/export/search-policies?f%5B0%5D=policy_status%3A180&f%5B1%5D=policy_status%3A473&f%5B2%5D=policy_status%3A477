--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -12,192 +12,352 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="652">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
+  </si>
+  <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
+    <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>IEC 60465/2003+cor1/2005
+,   
+                      IEC-60335-1/2001-Amd 1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
     <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
   </si>
   <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
     <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
   </si>
   <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
     <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
 Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
   </si>
   <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
     <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
     <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
 Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
@@ -305,53 +465,50 @@
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
     <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
   </si>
   <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
     <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
     <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
   </si>
   <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
@@ -368,53 +525,50 @@
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for televisions.</t>
   </si>
   <si>
-    <t>Televisions</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
   </si>
   <si>
     <t>Pumps Other</t>
@@ -437,53 +591,50 @@
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
     <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
   </si>
   <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
     <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
@@ -581,111 +732,161 @@
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
     <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
     <t>All types of water pumps over 2 horsepower</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
     <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>IEC 62885-2/2016
+,   
+                    (EU) No 665/2013</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>This policy covers rice cookers.</t>
   </si>
   <si>
-    <t>Superseded</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
@@ -809,68 +1010,170 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
+    <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
     <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
@@ -932,65 +1235,83 @@
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
     <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
   <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
     <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
-    <t>Non-Directional lamps</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
     <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
   </si>
   <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
     <t>https://rise.esmap.org/country/guatemala</t>
@@ -1052,53 +1373,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
     <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
@@ -1148,50 +1466,80 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
     <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
+    <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
+,   
+                    CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
+,   
+                    IEC 60969:2001, Performance tests
+,   
+                    IEC 60901:2001, Performance tests
+,   
+                    IEC 60081:2002, Performance tests
+,   
+                    IEC 62612:2013, Performance tests
+,   
+                    IEC 62612:2013, Performance tests</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
@@ -1217,143 +1565,243 @@
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
   </si>
   <si>
     <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
   </si>
   <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators</t>
   </si>
   <si>
     <t>https://rise.esmap.org/country/honduras</t>
   </si>
   <si>
+    <t>MEPS for Refrigerators (2022)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
+    <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
+  </si>
+  <si>
+    <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
+,   
+                    ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
+,   
+                    IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>SNI 8557-1:2018 IEC 62552-1:2015
+,   
+                    SNI IEC 62552-2:2016
+,   
+                    SNI 8557-3:2018 IEC 62552-3:2015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
     <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
     <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
     <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
+    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2004</t>
+  </si>
+  <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>ECOWAS</t>
@@ -1400,57 +1848,168 @@
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
+    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>NOM-004-ENER-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
+    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
+    <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
+    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
+  </si>
+  <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>TIS 455-2537</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7490</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
@@ -1805,70 +2364,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P86"/>
+  <dimension ref="A1:P115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -1903,3837 +2462,5245 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
-      <c r="I2"/>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>33</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>34</v>
       </c>
-      <c r="G3" t="s">
-[...3 lines deleted...]
-      <c r="I3"/>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
       <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3"/>
       <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>36</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>40</v>
       </c>
-      <c r="B4" t="s">
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
+      <c r="P4" t="s">
         <v>42</v>
-      </c>
-[...37 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="H5">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2006</v>
+      </c>
       <c r="J5" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
       <c r="M5" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H7"/>
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="M7" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
       <c r="J8" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H9"/>
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="C10" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="D10" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="P10"/>
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H12"/>
+        <v>96</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
       <c r="M12" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="P12"/>
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>106</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="P13"/>
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="D14" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
         <v>120</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>121</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="O16" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>104</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D17" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="F17" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C18" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="D18" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F18" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>141</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F19" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C20" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="D20" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F20" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B21" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D21" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F21" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C22" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D22" t="s">
-        <v>166</v>
+        <v>68</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F22" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>150</v>
+        <v>23</v>
       </c>
       <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
         <v>167</v>
       </c>
-      <c r="L22"/>
       <c r="M22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>168</v>
       </c>
       <c r="P22" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
         <v>170</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="D23" t="s">
-        <v>172</v>
+        <v>122</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F23" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>141</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>171</v>
+      </c>
       <c r="M23" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
         <v>174</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" t="s">
         <v>175</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="F24" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>132</v>
+        <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
       <c r="N24" t="s">
-        <v>178</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="P24" t="s">
-        <v>180</v>
+        <v>154</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>179</v>
       </c>
       <c r="D25" t="s">
-        <v>117</v>
+        <v>180</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>141</v>
+        <v>181</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>183</v>
       </c>
-      <c r="M25" t="s">
-[...5 lines deleted...]
-      <c r="O25" t="s">
+      <c r="P25" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>185</v>
       </c>
       <c r="B26" t="s">
         <v>186</v>
       </c>
       <c r="C26" t="s">
-        <v>138</v>
+        <v>187</v>
       </c>
       <c r="D26" t="s">
-        <v>126</v>
+        <v>188</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F26" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>141</v>
+        <v>189</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>190</v>
+      </c>
       <c r="M26" t="s">
-        <v>143</v>
+        <v>191</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="P26" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B27" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C27" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="D27" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>96</v>
+        <v>198</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="P27" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
         <v>196</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>204</v>
+      </c>
+      <c r="E28" t="s">
+        <v>75</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>77</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>198</v>
       </c>
-      <c r="D28" t="s">
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
         <v>199</v>
       </c>
-      <c r="E28" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
+        <v>196</v>
+      </c>
+      <c r="D29" t="s">
+        <v>209</v>
+      </c>
+      <c r="E29" t="s">
+        <v>75</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>77</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>198</v>
       </c>
-      <c r="D29" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
+        <v>196</v>
+      </c>
+      <c r="D30" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" t="s">
+        <v>75</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>77</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>198</v>
       </c>
-      <c r="D30" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K30" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C31" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="D31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E31" t="s">
+        <v>75</v>
+      </c>
+      <c r="F31" t="s">
         <v>33</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>46</v>
+        <v>189</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>214</v>
+        <v>191</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
         <v>223</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>179</v>
+      </c>
+      <c r="D32" t="s">
         <v>224</v>
       </c>
-      <c r="C32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>46</v>
+        <v>181</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
+      <c r="L32"/>
+      <c r="M32" t="s">
         <v>225</v>
       </c>
-      <c r="M32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
       <c r="O32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C33" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="D33" t="s">
-        <v>219</v>
+        <v>68</v>
       </c>
       <c r="E33" t="s">
+        <v>75</v>
+      </c>
+      <c r="F33" t="s">
         <v>33</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>46</v>
+        <v>189</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M33" t="s">
-        <v>214</v>
+        <v>191</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P33" t="s">
-        <v>232</v>
+        <v>193</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>233</v>
       </c>
       <c r="B34" t="s">
         <v>234</v>
       </c>
       <c r="C34" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="D34" t="s">
+        <v>175</v>
+      </c>
+      <c r="E34" t="s">
+        <v>75</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>77</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>189</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>191</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>235</v>
       </c>
-      <c r="E34" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="P34" t="s">
-        <v>238</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>238</v>
+      </c>
+      <c r="E35" t="s">
+        <v>75</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
         <v>239</v>
       </c>
-      <c r="B35" t="s">
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
         <v>240</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="M35" t="s">
         <v>241</v>
       </c>
-      <c r="E35" t="s">
-[...20 lines deleted...]
-      <c r="L35" t="s">
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
         <v>242</v>
       </c>
-      <c r="M35" t="s">
-[...5 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>244</v>
+      </c>
+      <c r="B36" t="s">
         <v>245</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>246</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
       <c r="E36" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="F36" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G36" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M36" t="s">
-        <v>214</v>
+        <v>249</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P36" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B37" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C37" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E37" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>207</v>
+        <v>52</v>
       </c>
       <c r="H37">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="M37" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="P37" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B38" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C38" t="s">
-        <v>198</v>
+        <v>261</v>
       </c>
       <c r="D38" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="E38" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>207</v>
+        <v>263</v>
       </c>
       <c r="H38">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>1989</v>
+      </c>
+      <c r="I38">
+        <v>2025</v>
+      </c>
       <c r="J38" t="s">
-        <v>46</v>
+        <v>264</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="M38" t="s">
-        <v>202</v>
+        <v>266</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="P38" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>270</v>
       </c>
       <c r="C39" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="D39" t="s">
-        <v>149</v>
+        <v>220</v>
       </c>
       <c r="E39" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I39"/>
+        <v>52</v>
+      </c>
+      <c r="H39">
+        <v>1989</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
       <c r="J39" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
+        <v>272</v>
+      </c>
+      <c r="M39" t="s">
         <v>266</v>
       </c>
-      <c r="M39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="P39"/>
+        <v>273</v>
+      </c>
+      <c r="P39" t="s">
+        <v>274</v>
+      </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B40" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C40" t="s">
+        <v>261</v>
+      </c>
+      <c r="D40" t="s">
+        <v>180</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40">
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2009</v>
+      </c>
+      <c r="J40" t="s">
         <v>271</v>
       </c>
-      <c r="D40" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>277</v>
+      </c>
       <c r="M40" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="P40"/>
+        <v>279</v>
+      </c>
+      <c r="P40" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B41" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C41" t="s">
+        <v>261</v>
+      </c>
+      <c r="D41" t="s">
+        <v>283</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41">
+        <v>2000</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
         <v>271</v>
       </c>
-      <c r="D41" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>284</v>
+      </c>
       <c r="M41" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="P41"/>
+        <v>285</v>
+      </c>
+      <c r="P41" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="B42" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="C42" t="s">
-        <v>138</v>
+        <v>261</v>
       </c>
       <c r="D42" t="s">
-        <v>241</v>
+        <v>283</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I42"/>
+        <v>52</v>
+      </c>
+      <c r="H42">
+        <v>2005</v>
+      </c>
+      <c r="I42">
+        <v>2004</v>
+      </c>
       <c r="J42" t="s">
-        <v>141</v>
+        <v>271</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="M42" t="s">
-        <v>143</v>
+        <v>278</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="P42" t="s">
-        <v>145</v>
+        <v>291</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="B43" t="s">
+        <v>293</v>
+      </c>
+      <c r="C43" t="s">
+        <v>261</v>
+      </c>
+      <c r="D43" t="s">
         <v>283</v>
-      </c>
-[...2 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>285</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I43"/>
+        <v>52</v>
+      </c>
+      <c r="H43">
+        <v>2005</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
       <c r="J43" t="s">
-        <v>286</v>
+        <v>271</v>
       </c>
       <c r="K43" t="s">
-        <v>287</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="M43" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="N43" t="s">
-        <v>290</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="P43"/>
+        <v>295</v>
+      </c>
+      <c r="P43" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B44" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C44" t="s">
-        <v>294</v>
+        <v>261</v>
       </c>
       <c r="D44" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I44"/>
+        <v>52</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2014</v>
+      </c>
       <c r="J44" t="s">
-        <v>64</v>
+        <v>271</v>
       </c>
       <c r="K44" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="L44"/>
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>300</v>
+      </c>
       <c r="M44" t="s">
-        <v>297</v>
+        <v>278</v>
       </c>
       <c r="N44" t="s">
-        <v>298</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="P44" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B45" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C45" t="s">
-        <v>303</v>
+        <v>261</v>
       </c>
       <c r="D45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E45" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I45"/>
+        <v>52</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
       <c r="J45" t="s">
-        <v>305</v>
+        <v>271</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>306</v>
+      </c>
       <c r="M45" t="s">
-        <v>306</v>
+        <v>278</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>307</v>
       </c>
       <c r="P45" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>309</v>
       </c>
       <c r="B46" t="s">
-        <v>106</v>
+        <v>310</v>
       </c>
       <c r="C46" t="s">
-        <v>310</v>
+        <v>261</v>
       </c>
       <c r="D46" t="s">
-        <v>149</v>
+        <v>283</v>
       </c>
       <c r="E46" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I46"/>
+        <v>52</v>
+      </c>
+      <c r="H46">
+        <v>2000</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
       <c r="J46" t="s">
+        <v>115</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
         <v>311</v>
       </c>
-      <c r="K46" t="s">
-[...2 lines deleted...]
-      <c r="L46"/>
       <c r="M46" t="s">
+        <v>278</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
         <v>312</v>
       </c>
-      <c r="N46" t="s">
-[...2 lines deleted...]
-      <c r="O46" t="s">
+      <c r="P46" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B47" t="s">
-        <v>106</v>
+        <v>315</v>
       </c>
       <c r="C47" t="s">
-        <v>315</v>
+        <v>261</v>
       </c>
       <c r="D47" t="s">
-        <v>149</v>
+        <v>316</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H47"/>
+        <v>52</v>
+      </c>
+      <c r="H47">
+        <v>2018</v>
+      </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>311</v>
+        <v>271</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="L47"/>
+      <c r="L47" t="s">
+        <v>317</v>
+      </c>
       <c r="M47" t="s">
-        <v>273</v>
+        <v>318</v>
       </c>
       <c r="N47" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="P47" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="B48" t="s">
-        <v>106</v>
+        <v>322</v>
       </c>
       <c r="C48" t="s">
-        <v>315</v>
+        <v>261</v>
       </c>
       <c r="D48" t="s">
-        <v>149</v>
+        <v>323</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>52</v>
+      </c>
+      <c r="H48">
+        <v>2020</v>
+      </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>311</v>
+        <v>271</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
-      <c r="L48"/>
+      <c r="L48" t="s">
+        <v>324</v>
+      </c>
       <c r="M48" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="N48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="P48" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="B49" t="s">
-        <v>106</v>
+        <v>328</v>
       </c>
       <c r="C49" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="D49" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="E49" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>320</v>
+        <v>76</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H49"/>
+        <v>330</v>
+      </c>
+      <c r="H49">
+        <v>2018</v>
+      </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="L49"/>
+      <c r="L49" t="s">
+        <v>332</v>
+      </c>
       <c r="M49" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="N49" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="P49" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>309</v>
+        <v>336</v>
       </c>
       <c r="B50" t="s">
-        <v>324</v>
+        <v>156</v>
       </c>
       <c r="C50" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="D50" t="s">
-        <v>149</v>
+        <v>197</v>
       </c>
       <c r="E50" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>311</v>
+        <v>338</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>339</v>
+      </c>
       <c r="M50" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="N50" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="P50"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>342</v>
+      </c>
+      <c r="B51" t="s">
+        <v>343</v>
+      </c>
+      <c r="C51" t="s">
         <v>329</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="E51" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
-      <c r="H51"/>
-      <c r="I51"/>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
       <c r="J51" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="L51"/>
+      <c r="L51" t="s">
+        <v>344</v>
+      </c>
       <c r="M51" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="N51" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="P51" t="s">
-        <v>333</v>
+        <v>346</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>334</v>
+        <v>347</v>
       </c>
       <c r="B52" t="s">
-        <v>106</v>
+        <v>348</v>
       </c>
       <c r="C52" t="s">
-        <v>310</v>
+        <v>329</v>
       </c>
       <c r="D52" t="s">
-        <v>335</v>
+        <v>180</v>
       </c>
       <c r="E52" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H52"/>
+        <v>330</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>349</v>
+      </c>
       <c r="M52" t="s">
-        <v>312</v>
+        <v>333</v>
       </c>
       <c r="N52" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>336</v>
+        <v>350</v>
       </c>
       <c r="P52" t="s">
-        <v>337</v>
+        <v>351</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="B53" t="s">
-        <v>106</v>
+        <v>353</v>
       </c>
       <c r="C53" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="D53" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E53" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>320</v>
+        <v>76</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H53"/>
+        <v>330</v>
+      </c>
+      <c r="H53">
+        <v>2020</v>
+      </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
-      <c r="L53"/>
+      <c r="L53" t="s">
+        <v>354</v>
+      </c>
       <c r="M53" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="N53" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>341</v>
+        <v>355</v>
       </c>
       <c r="P53" t="s">
-        <v>342</v>
+        <v>356</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="B54" t="s">
-        <v>106</v>
+        <v>358</v>
       </c>
       <c r="C54" t="s">
-        <v>310</v>
+        <v>329</v>
       </c>
       <c r="D54" t="s">
-        <v>344</v>
+        <v>262</v>
       </c>
       <c r="E54" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
-      <c r="H54"/>
-      <c r="I54"/>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54">
+        <v>2018</v>
+      </c>
       <c r="J54" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54"/>
+      <c r="L54" t="s">
+        <v>359</v>
+      </c>
       <c r="M54" t="s">
-        <v>312</v>
+        <v>333</v>
       </c>
       <c r="N54" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="P54" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B55" t="s">
-        <v>106</v>
+        <v>363</v>
       </c>
       <c r="C55" t="s">
-        <v>310</v>
+        <v>329</v>
       </c>
       <c r="D55" t="s">
-        <v>348</v>
+        <v>68</v>
       </c>
       <c r="E55" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>34</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55">
+        <v>2019</v>
+      </c>
       <c r="J55" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
-      <c r="L55"/>
+      <c r="L55" t="s">
+        <v>364</v>
+      </c>
       <c r="M55" t="s">
-        <v>312</v>
+        <v>333</v>
       </c>
       <c r="N55" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="P55" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="B56" t="s">
-        <v>106</v>
+        <v>368</v>
       </c>
       <c r="C56" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="D56" t="s">
-        <v>335</v>
+        <v>370</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>311</v>
+        <v>78</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>273</v>
+        <v>371</v>
       </c>
       <c r="N56" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>351</v>
+        <v>373</v>
       </c>
       <c r="B57" t="s">
-        <v>106</v>
+        <v>374</v>
       </c>
       <c r="C57" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="D57" t="s">
-        <v>335</v>
+        <v>370</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>311</v>
+        <v>78</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>273</v>
+        <v>371</v>
       </c>
       <c r="N57" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="P57"/>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>351</v>
+        <v>376</v>
       </c>
       <c r="B58" t="s">
-        <v>106</v>
+        <v>377</v>
       </c>
       <c r="C58" t="s">
-        <v>319</v>
+        <v>187</v>
       </c>
       <c r="D58" t="s">
-        <v>335</v>
+        <v>305</v>
       </c>
       <c r="E58" t="s">
+        <v>75</v>
+      </c>
+      <c r="F58" t="s">
         <v>33</v>
       </c>
-      <c r="F58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>311</v>
+        <v>189</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
-      <c r="L58"/>
+      <c r="L58" t="s">
+        <v>378</v>
+      </c>
       <c r="M58" t="s">
-        <v>321</v>
+        <v>191</v>
       </c>
       <c r="N58" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>357</v>
+        <v>379</v>
       </c>
       <c r="P58" t="s">
-        <v>323</v>
+        <v>193</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>358</v>
+        <v>380</v>
       </c>
       <c r="B59" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="C59"/>
       <c r="D59" t="s">
-        <v>199</v>
+        <v>382</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F59" t="s">
-        <v>44</v>
+        <v>383</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>311</v>
+        <v>384</v>
       </c>
       <c r="K59" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L59"/>
+        <v>385</v>
+      </c>
+      <c r="L59" t="s">
+        <v>386</v>
+      </c>
       <c r="M59" t="s">
-        <v>273</v>
+        <v>387</v>
       </c>
       <c r="N59" t="s">
-        <v>26</v>
+        <v>388</v>
       </c>
       <c r="O59" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="P59"/>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>358</v>
+        <v>390</v>
       </c>
       <c r="B60" t="s">
-        <v>106</v>
+        <v>391</v>
       </c>
       <c r="C60" t="s">
-        <v>352</v>
+        <v>392</v>
       </c>
       <c r="D60" t="s">
-        <v>199</v>
+        <v>393</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F60" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H60"/>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>311</v>
+        <v>115</v>
       </c>
       <c r="K60" t="s">
-        <v>24</v>
+        <v>394</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>273</v>
+        <v>395</v>
       </c>
       <c r="N60" t="s">
-        <v>26</v>
+        <v>396</v>
       </c>
       <c r="O60" t="s">
-        <v>360</v>
+        <v>397</v>
       </c>
       <c r="P60" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>358</v>
+        <v>399</v>
       </c>
       <c r="B61" t="s">
-        <v>106</v>
+        <v>400</v>
       </c>
       <c r="C61" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="D61" t="s">
-        <v>199</v>
+        <v>63</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>311</v>
+        <v>402</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>273</v>
+        <v>403</v>
       </c>
       <c r="N61" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>361</v>
+        <v>404</v>
       </c>
       <c r="P61" t="s">
-        <v>317</v>
+        <v>405</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>358</v>
+        <v>406</v>
       </c>
       <c r="B62" t="s">
-        <v>106</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
-        <v>315</v>
+        <v>408</v>
       </c>
       <c r="D62" t="s">
-        <v>199</v>
+        <v>409</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
-      <c r="H62"/>
-      <c r="I62"/>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62">
+        <v>2019</v>
+      </c>
       <c r="J62" t="s">
-        <v>311</v>
+        <v>181</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>273</v>
+        <v>410</v>
       </c>
       <c r="N62" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>362</v>
+        <v>411</v>
       </c>
       <c r="P62" t="s">
-        <v>317</v>
+        <v>412</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>358</v>
+        <v>413</v>
       </c>
       <c r="B63" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="C63" t="s">
-        <v>319</v>
+        <v>414</v>
       </c>
       <c r="D63" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E63" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>363</v>
+        <v>416</v>
       </c>
       <c r="N63" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>364</v>
+        <v>417</v>
       </c>
       <c r="P63" t="s">
-        <v>323</v>
+        <v>418</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>358</v>
+        <v>413</v>
       </c>
       <c r="B64" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="C64" t="s">
-        <v>365</v>
+        <v>419</v>
       </c>
       <c r="D64" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E64" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="F64" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="N64" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>368</v>
+        <v>420</v>
       </c>
       <c r="P64" t="s">
-        <v>369</v>
+        <v>421</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>370</v>
+        <v>413</v>
       </c>
       <c r="B65" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="C65" t="s">
-        <v>365</v>
+        <v>419</v>
       </c>
       <c r="D65" t="s">
-        <v>344</v>
+        <v>197</v>
       </c>
       <c r="E65" t="s">
+        <v>75</v>
+      </c>
+      <c r="F65" t="s">
         <v>33</v>
       </c>
-      <c r="F65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H65"/>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="N65" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>371</v>
+        <v>422</v>
       </c>
       <c r="P65" t="s">
-        <v>369</v>
+        <v>421</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>372</v>
+        <v>413</v>
       </c>
       <c r="B66" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="C66" t="s">
-        <v>310</v>
+        <v>423</v>
       </c>
       <c r="D66" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="E66" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>21</v>
+        <v>424</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H66"/>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>312</v>
+        <v>425</v>
       </c>
       <c r="N66" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>373</v>
+        <v>426</v>
       </c>
       <c r="P66" t="s">
-        <v>374</v>
+        <v>427</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>372</v>
+        <v>413</v>
       </c>
       <c r="B67" t="s">
-        <v>106</v>
+        <v>428</v>
       </c>
       <c r="C67" t="s">
-        <v>365</v>
+        <v>429</v>
       </c>
       <c r="D67" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
       <c r="E67" t="s">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="F67" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>367</v>
+        <v>430</v>
       </c>
       <c r="N67" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>375</v>
+        <v>431</v>
       </c>
       <c r="P67" t="s">
-        <v>369</v>
+        <v>432</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>376</v>
+        <v>433</v>
       </c>
       <c r="B68" t="s">
-        <v>377</v>
+        <v>156</v>
       </c>
       <c r="C68" t="s">
-        <v>378</v>
+        <v>434</v>
       </c>
       <c r="D68" t="s">
-        <v>379</v>
+        <v>122</v>
       </c>
       <c r="E68" t="s">
-        <v>33</v>
+        <v>123</v>
       </c>
       <c r="F68" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>381</v>
+        <v>435</v>
       </c>
       <c r="N68" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>382</v>
+        <v>436</v>
       </c>
       <c r="P68" t="s">
-        <v>383</v>
+        <v>437</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>384</v>
+        <v>438</v>
       </c>
       <c r="B69" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="C69" t="s">
-        <v>385</v>
+        <v>414</v>
       </c>
       <c r="D69" t="s">
-        <v>386</v>
+        <v>439</v>
       </c>
       <c r="E69" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H69"/>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="L69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>388</v>
+        <v>416</v>
       </c>
       <c r="N69" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="P69"/>
+        <v>440</v>
+      </c>
+      <c r="P69" t="s">
+        <v>441</v>
+      </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>384</v>
+        <v>442</v>
       </c>
       <c r="B70" t="s">
-        <v>390</v>
+        <v>156</v>
       </c>
       <c r="C70" t="s">
-        <v>391</v>
+        <v>443</v>
       </c>
       <c r="D70" t="s">
-        <v>335</v>
+        <v>63</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>44</v>
+        <v>424</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>96</v>
+        <v>415</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>267</v>
+        <v>444</v>
       </c>
       <c r="N70" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>392</v>
+        <v>445</v>
       </c>
       <c r="P70" t="s">
-        <v>393</v>
+        <v>446</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>394</v>
+        <v>447</v>
       </c>
       <c r="B71" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="C71" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
       <c r="D71" t="s">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>311</v>
+        <v>415</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>396</v>
+        <v>416</v>
       </c>
       <c r="N71" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>397</v>
+        <v>448</v>
       </c>
       <c r="P71" t="s">
-        <v>398</v>
+        <v>449</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>399</v>
+        <v>450</v>
       </c>
       <c r="B72" t="s">
-        <v>400</v>
+        <v>156</v>
       </c>
       <c r="C72" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="D72" t="s">
-        <v>108</v>
+        <v>451</v>
       </c>
       <c r="E72" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="K72" t="s">
-        <v>403</v>
+        <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="N72" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="P72" t="s">
-        <v>406</v>
+        <v>453</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>407</v>
+        <v>454</v>
       </c>
       <c r="B73" t="s">
-        <v>408</v>
+        <v>156</v>
       </c>
       <c r="C73" t="s">
-        <v>409</v>
+        <v>455</v>
       </c>
       <c r="D73" t="s">
-        <v>410</v>
+        <v>439</v>
       </c>
       <c r="E73" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>96</v>
+        <v>415</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>412</v>
+        <v>371</v>
       </c>
       <c r="N73" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="P73"/>
+        <v>456</v>
+      </c>
+      <c r="P73" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>414</v>
+        <v>454</v>
       </c>
       <c r="B74" t="s">
-        <v>415</v>
+        <v>156</v>
       </c>
       <c r="C74" t="s">
-        <v>416</v>
+        <v>455</v>
       </c>
       <c r="D74" t="s">
-        <v>417</v>
+        <v>439</v>
       </c>
       <c r="E74" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>305</v>
+        <v>415</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74"/>
+      <c r="L74" t="s">
+        <v>458</v>
+      </c>
       <c r="M74" t="s">
-        <v>418</v>
+        <v>371</v>
       </c>
       <c r="N74" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="P74"/>
+        <v>459</v>
+      </c>
+      <c r="P74" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>420</v>
+        <v>454</v>
       </c>
       <c r="B75" t="s">
-        <v>421</v>
+        <v>156</v>
       </c>
       <c r="C75" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D75" t="s">
-        <v>410</v>
+        <v>439</v>
       </c>
       <c r="E75" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>44</v>
+        <v>424</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>305</v>
+        <v>415</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
-      <c r="L75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N75" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="P75"/>
+        <v>460</v>
+      </c>
+      <c r="P75" t="s">
+        <v>427</v>
+      </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>420</v>
+        <v>461</v>
       </c>
       <c r="B76" t="s">
-        <v>426</v>
+        <v>156</v>
       </c>
       <c r="C76" t="s">
-        <v>391</v>
+        <v>455</v>
       </c>
       <c r="D76" t="s">
-        <v>410</v>
+        <v>262</v>
       </c>
       <c r="E76" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F76" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>305</v>
+        <v>415</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76" t="s">
-[...2 lines deleted...]
-      <c r="M76"/>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>371</v>
+      </c>
       <c r="N76" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="P76"/>
+        <v>462</v>
+      </c>
+      <c r="P76" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="B77" t="s">
-        <v>408</v>
+        <v>156</v>
       </c>
       <c r="C77" t="s">
-        <v>416</v>
+        <v>455</v>
       </c>
       <c r="D77" t="s">
-        <v>410</v>
+        <v>262</v>
       </c>
       <c r="E77" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F77" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>96</v>
+        <v>415</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
-      <c r="L77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>418</v>
+        <v>371</v>
       </c>
       <c r="N77" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="P77"/>
+        <v>463</v>
+      </c>
+      <c r="P77" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>430</v>
+        <v>461</v>
       </c>
       <c r="B78" t="s">
-        <v>431</v>
+        <v>156</v>
       </c>
       <c r="C78" t="s">
-        <v>264</v>
+        <v>419</v>
       </c>
       <c r="D78" t="s">
-        <v>432</v>
+        <v>262</v>
       </c>
       <c r="E78" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>433</v>
+        <v>415</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
-      <c r="M78"/>
+      <c r="M78" t="s">
+        <v>371</v>
+      </c>
       <c r="N78" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>434</v>
+        <v>464</v>
       </c>
       <c r="P78" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>436</v>
+        <v>461</v>
       </c>
       <c r="B79" t="s">
-        <v>437</v>
+        <v>156</v>
       </c>
       <c r="C79" t="s">
-        <v>438</v>
+        <v>419</v>
       </c>
       <c r="D79" t="s">
-        <v>284</v>
+        <v>262</v>
       </c>
       <c r="E79" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F79" t="s">
-        <v>285</v>
+        <v>33</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H79"/>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>286</v>
+        <v>415</v>
       </c>
       <c r="K79" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>439</v>
+        <v>371</v>
       </c>
       <c r="N79" t="s">
-        <v>290</v>
+        <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="P79"/>
+        <v>465</v>
+      </c>
+      <c r="P79" t="s">
+        <v>421</v>
+      </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>441</v>
+        <v>461</v>
       </c>
       <c r="B80" t="s">
-        <v>442</v>
+        <v>156</v>
       </c>
       <c r="C80" t="s">
-        <v>443</v>
+        <v>423</v>
       </c>
       <c r="D80" t="s">
-        <v>191</v>
+        <v>262</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
-      <c r="L80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>445</v>
+        <v>466</v>
       </c>
       <c r="N80" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>446</v>
+        <v>467</v>
       </c>
       <c r="P80" t="s">
-        <v>447</v>
+        <v>427</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="B81" t="s">
-        <v>449</v>
+        <v>156</v>
       </c>
       <c r="C81" t="s">
-        <v>148</v>
+        <v>468</v>
       </c>
       <c r="D81" t="s">
-        <v>304</v>
+        <v>262</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>150</v>
+        <v>469</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>151</v>
+        <v>470</v>
       </c>
       <c r="N81" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="P81" t="s">
-        <v>451</v>
+        <v>472</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>452</v>
+        <v>473</v>
       </c>
       <c r="B82" t="s">
-        <v>453</v>
+        <v>156</v>
       </c>
       <c r="C82" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
       <c r="D82" t="s">
-        <v>149</v>
+        <v>51</v>
       </c>
       <c r="E82" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>73</v>
+        <v>469</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>455</v>
+        <v>470</v>
       </c>
       <c r="N82" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>456</v>
+        <v>474</v>
       </c>
       <c r="P82" t="s">
-        <v>457</v>
+        <v>472</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="B83" t="s">
-        <v>453</v>
+        <v>156</v>
       </c>
       <c r="C83" t="s">
-        <v>454</v>
+        <v>414</v>
       </c>
       <c r="D83" t="s">
-        <v>199</v>
+        <v>122</v>
       </c>
       <c r="E83" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>73</v>
+        <v>415</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>455</v>
+        <v>416</v>
       </c>
       <c r="N83" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
       <c r="P83" t="s">
-        <v>457</v>
+        <v>477</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>460</v>
+        <v>475</v>
       </c>
       <c r="B84" t="s">
-        <v>461</v>
+        <v>156</v>
       </c>
       <c r="C84" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D84" t="s">
-        <v>463</v>
+        <v>122</v>
       </c>
       <c r="E84" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H84"/>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>132</v>
+        <v>469</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="N84" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
       <c r="P84" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="B85" t="s">
-        <v>106</v>
+        <v>480</v>
       </c>
       <c r="C85" t="s">
-        <v>468</v>
+        <v>408</v>
       </c>
       <c r="D85" t="s">
-        <v>71</v>
+        <v>481</v>
       </c>
       <c r="E85" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
-      <c r="H85"/>
-      <c r="I85"/>
+      <c r="H85">
+        <v>2015</v>
+      </c>
+      <c r="I85">
+        <v>2019</v>
+      </c>
       <c r="J85" t="s">
-        <v>96</v>
+        <v>181</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>482</v>
+      </c>
       <c r="M85" t="s">
-        <v>469</v>
+        <v>410</v>
       </c>
       <c r="N85" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="P85" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="B86" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="C86" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
       <c r="D86" t="s">
-        <v>475</v>
+        <v>488</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
-      <c r="L86"/>
+      <c r="L86" t="s">
+        <v>489</v>
+      </c>
       <c r="M86" t="s">
-        <v>477</v>
+        <v>490</v>
       </c>
       <c r="N86" t="s">
-        <v>478</v>
+        <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="P86"/>
+        <v>491</v>
+      </c>
+      <c r="P86" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>493</v>
+      </c>
+      <c r="B87" t="s">
+        <v>156</v>
+      </c>
+      <c r="C87" t="s">
+        <v>494</v>
+      </c>
+      <c r="D87" t="s">
+        <v>495</v>
+      </c>
+      <c r="E87" t="s">
+        <v>123</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>77</v>
+      </c>
+      <c r="H87"/>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>415</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>496</v>
+      </c>
+      <c r="M87" t="s">
+        <v>497</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>498</v>
+      </c>
+      <c r="P87"/>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>493</v>
+      </c>
+      <c r="B88" t="s">
+        <v>499</v>
+      </c>
+      <c r="C88" t="s">
+        <v>500</v>
+      </c>
+      <c r="D88" t="s">
+        <v>439</v>
+      </c>
+      <c r="E88" t="s">
+        <v>75</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>77</v>
+      </c>
+      <c r="H88"/>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>340</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>501</v>
+      </c>
+      <c r="P88" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>503</v>
+      </c>
+      <c r="B89" t="s">
+        <v>156</v>
+      </c>
+      <c r="C89" t="s">
+        <v>504</v>
+      </c>
+      <c r="D89" t="s">
+        <v>262</v>
+      </c>
+      <c r="E89" t="s">
+        <v>75</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>77</v>
+      </c>
+      <c r="H89"/>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>415</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>505</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>506</v>
+      </c>
+      <c r="P89" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>508</v>
+      </c>
+      <c r="B90" t="s">
+        <v>509</v>
+      </c>
+      <c r="C90" t="s">
+        <v>408</v>
+      </c>
+      <c r="D90" t="s">
+        <v>262</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2011</v>
+      </c>
+      <c r="I90">
+        <v>2022</v>
+      </c>
+      <c r="J90" t="s">
+        <v>181</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>510</v>
+      </c>
+      <c r="M90" t="s">
+        <v>410</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>511</v>
+      </c>
+      <c r="P90" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>513</v>
+      </c>
+      <c r="B91" t="s">
+        <v>514</v>
+      </c>
+      <c r="C91" t="s">
+        <v>408</v>
+      </c>
+      <c r="D91" t="s">
+        <v>197</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2011</v>
+      </c>
+      <c r="I91">
+        <v>2022</v>
+      </c>
+      <c r="J91" t="s">
+        <v>181</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>515</v>
+      </c>
+      <c r="M91" t="s">
+        <v>410</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>516</v>
+      </c>
+      <c r="P91" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>517</v>
+      </c>
+      <c r="B92" t="s">
+        <v>518</v>
+      </c>
+      <c r="C92" t="s">
+        <v>519</v>
+      </c>
+      <c r="D92" t="s">
+        <v>158</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>77</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>520</v>
+      </c>
+      <c r="K92" t="s">
+        <v>521</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>522</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>523</v>
+      </c>
+      <c r="P92" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>525</v>
+      </c>
+      <c r="B93" t="s">
+        <v>526</v>
+      </c>
+      <c r="C93" t="s">
+        <v>527</v>
+      </c>
+      <c r="D93" t="s">
+        <v>528</v>
+      </c>
+      <c r="E93" t="s">
+        <v>123</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>77</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>529</v>
+      </c>
+      <c r="M93" t="s">
+        <v>530</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>531</v>
+      </c>
+      <c r="P93"/>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>532</v>
+      </c>
+      <c r="B94" t="s">
+        <v>533</v>
+      </c>
+      <c r="C94" t="s">
+        <v>145</v>
+      </c>
+      <c r="D94" t="s">
+        <v>262</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>76</v>
+      </c>
+      <c r="G94" t="s">
+        <v>239</v>
+      </c>
+      <c r="H94">
+        <v>2021</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>534</v>
+      </c>
+      <c r="M94" t="s">
+        <v>147</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>535</v>
+      </c>
+      <c r="P94" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>537</v>
+      </c>
+      <c r="B95" t="s">
+        <v>538</v>
+      </c>
+      <c r="C95" t="s">
+        <v>539</v>
+      </c>
+      <c r="D95" t="s">
+        <v>540</v>
+      </c>
+      <c r="E95" t="s">
+        <v>75</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>77</v>
+      </c>
+      <c r="H95"/>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>402</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>541</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>542</v>
+      </c>
+      <c r="P95"/>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>543</v>
+      </c>
+      <c r="B96" t="s">
+        <v>544</v>
+      </c>
+      <c r="C96" t="s">
+        <v>545</v>
+      </c>
+      <c r="D96" t="s">
+        <v>528</v>
+      </c>
+      <c r="E96" t="s">
+        <v>123</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>77</v>
+      </c>
+      <c r="H96"/>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>402</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>546</v>
+      </c>
+      <c r="M96" t="s">
+        <v>547</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>548</v>
+      </c>
+      <c r="P96"/>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>543</v>
+      </c>
+      <c r="B97" t="s">
+        <v>549</v>
+      </c>
+      <c r="C97" t="s">
+        <v>500</v>
+      </c>
+      <c r="D97" t="s">
+        <v>528</v>
+      </c>
+      <c r="E97" t="s">
+        <v>123</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>77</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>402</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>546</v>
+      </c>
+      <c r="M97"/>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>550</v>
+      </c>
+      <c r="P97"/>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>551</v>
+      </c>
+      <c r="B98" t="s">
+        <v>526</v>
+      </c>
+      <c r="C98" t="s">
+        <v>539</v>
+      </c>
+      <c r="D98" t="s">
+        <v>528</v>
+      </c>
+      <c r="E98" t="s">
+        <v>75</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>77</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>529</v>
+      </c>
+      <c r="M98" t="s">
+        <v>541</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>552</v>
+      </c>
+      <c r="P98"/>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>553</v>
+      </c>
+      <c r="B99" t="s">
+        <v>554</v>
+      </c>
+      <c r="C99" t="s">
+        <v>145</v>
+      </c>
+      <c r="D99" t="s">
+        <v>555</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>76</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2021</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>556</v>
+      </c>
+      <c r="M99" t="s">
+        <v>147</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>557</v>
+      </c>
+      <c r="P99" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>559</v>
+      </c>
+      <c r="B100" t="s">
+        <v>560</v>
+      </c>
+      <c r="C100" t="s">
+        <v>179</v>
+      </c>
+      <c r="D100" t="s">
+        <v>224</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1997</v>
+      </c>
+      <c r="I100">
+        <v>2005</v>
+      </c>
+      <c r="J100" t="s">
+        <v>181</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>561</v>
+      </c>
+      <c r="N100" t="s">
+        <v>562</v>
+      </c>
+      <c r="O100" t="s">
+        <v>563</v>
+      </c>
+      <c r="P100" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>565</v>
+      </c>
+      <c r="B101" t="s">
+        <v>566</v>
+      </c>
+      <c r="C101" t="s">
+        <v>337</v>
+      </c>
+      <c r="D101" t="s">
+        <v>567</v>
+      </c>
+      <c r="E101" t="s">
+        <v>123</v>
+      </c>
+      <c r="F101" t="s">
+        <v>76</v>
+      </c>
+      <c r="G101" t="s">
+        <v>77</v>
+      </c>
+      <c r="H101"/>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>568</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101"/>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>569</v>
+      </c>
+      <c r="P101" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>571</v>
+      </c>
+      <c r="B102" t="s">
+        <v>572</v>
+      </c>
+      <c r="C102" t="s">
+        <v>573</v>
+      </c>
+      <c r="D102" t="s">
+        <v>382</v>
+      </c>
+      <c r="E102" t="s">
+        <v>123</v>
+      </c>
+      <c r="F102" t="s">
+        <v>383</v>
+      </c>
+      <c r="G102" t="s">
+        <v>77</v>
+      </c>
+      <c r="H102"/>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>384</v>
+      </c>
+      <c r="K102" t="s">
+        <v>385</v>
+      </c>
+      <c r="L102" t="s">
+        <v>386</v>
+      </c>
+      <c r="M102" t="s">
+        <v>574</v>
+      </c>
+      <c r="N102" t="s">
+        <v>388</v>
+      </c>
+      <c r="O102" t="s">
+        <v>575</v>
+      </c>
+      <c r="P102"/>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>576</v>
+      </c>
+      <c r="B103" t="s">
+        <v>577</v>
+      </c>
+      <c r="C103" t="s">
+        <v>578</v>
+      </c>
+      <c r="D103" t="s">
+        <v>247</v>
+      </c>
+      <c r="E103" t="s">
+        <v>75</v>
+      </c>
+      <c r="F103" t="s">
+        <v>76</v>
+      </c>
+      <c r="G103" t="s">
+        <v>77</v>
+      </c>
+      <c r="H103"/>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>520</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>579</v>
+      </c>
+      <c r="M103" t="s">
+        <v>580</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>581</v>
+      </c>
+      <c r="P103" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>583</v>
+      </c>
+      <c r="B104" t="s">
+        <v>584</v>
+      </c>
+      <c r="C104" t="s">
+        <v>196</v>
+      </c>
+      <c r="D104" t="s">
+        <v>63</v>
+      </c>
+      <c r="E104" t="s">
+        <v>75</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>77</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>198</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>199</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>585</v>
+      </c>
+      <c r="P104" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>587</v>
+      </c>
+      <c r="B105" t="s">
+        <v>588</v>
+      </c>
+      <c r="C105" t="s">
+        <v>589</v>
+      </c>
+      <c r="D105" t="s">
+        <v>197</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>77</v>
+      </c>
+      <c r="H105"/>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>124</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>590</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>591</v>
+      </c>
+      <c r="P105" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>593</v>
+      </c>
+      <c r="B106" t="s">
+        <v>588</v>
+      </c>
+      <c r="C106" t="s">
+        <v>589</v>
+      </c>
+      <c r="D106" t="s">
+        <v>262</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>77</v>
+      </c>
+      <c r="H106"/>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>124</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>590</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>594</v>
+      </c>
+      <c r="P106" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>595</v>
+      </c>
+      <c r="B107" t="s">
+        <v>596</v>
+      </c>
+      <c r="C107" t="s">
+        <v>179</v>
+      </c>
+      <c r="D107" t="s">
+        <v>175</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>76</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>1994</v>
+      </c>
+      <c r="I107">
+        <v>2014</v>
+      </c>
+      <c r="J107" t="s">
+        <v>402</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>597</v>
+      </c>
+      <c r="M107" t="s">
+        <v>561</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>598</v>
+      </c>
+      <c r="P107" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>600</v>
+      </c>
+      <c r="B108" t="s">
+        <v>601</v>
+      </c>
+      <c r="C108" t="s">
+        <v>179</v>
+      </c>
+      <c r="D108" t="s">
+        <v>602</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>76</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2002</v>
+      </c>
+      <c r="I108">
+        <v>2007</v>
+      </c>
+      <c r="J108" t="s">
+        <v>181</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>603</v>
+      </c>
+      <c r="M108" t="s">
+        <v>561</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>604</v>
+      </c>
+      <c r="P108" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>606</v>
+      </c>
+      <c r="B109" t="s">
+        <v>607</v>
+      </c>
+      <c r="C109" t="s">
+        <v>608</v>
+      </c>
+      <c r="D109" t="s">
+        <v>609</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2010</v>
+      </c>
+      <c r="I109">
+        <v>2019</v>
+      </c>
+      <c r="J109" t="s">
+        <v>610</v>
+      </c>
+      <c r="K109" t="s">
+        <v>611</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>612</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>613</v>
+      </c>
+      <c r="P109" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>615</v>
+      </c>
+      <c r="B110" t="s">
+        <v>616</v>
+      </c>
+      <c r="C110" t="s">
+        <v>608</v>
+      </c>
+      <c r="D110" t="s">
+        <v>68</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>52</v>
+      </c>
+      <c r="H110">
+        <v>2012</v>
+      </c>
+      <c r="I110">
+        <v>2015</v>
+      </c>
+      <c r="J110" t="s">
+        <v>617</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>612</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>618</v>
+      </c>
+      <c r="P110" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>620</v>
+      </c>
+      <c r="B111" t="s">
+        <v>621</v>
+      </c>
+      <c r="C111" t="s">
+        <v>622</v>
+      </c>
+      <c r="D111" t="s">
+        <v>262</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>330</v>
+      </c>
+      <c r="H111">
+        <v>2004</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>623</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>624</v>
+      </c>
+      <c r="M111" t="s">
+        <v>625</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>626</v>
+      </c>
+      <c r="P111" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>628</v>
+      </c>
+      <c r="B112" t="s">
+        <v>629</v>
+      </c>
+      <c r="C112" t="s">
+        <v>622</v>
+      </c>
+      <c r="D112" t="s">
+        <v>630</v>
+      </c>
+      <c r="E112" t="s">
+        <v>75</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>239</v>
+      </c>
+      <c r="H112">
+        <v>2014</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>623</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>625</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>631</v>
+      </c>
+      <c r="P112" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>633</v>
+      </c>
+      <c r="B113" t="s">
+        <v>634</v>
+      </c>
+      <c r="C113" t="s">
+        <v>622</v>
+      </c>
+      <c r="D113" t="s">
+        <v>635</v>
+      </c>
+      <c r="E113" t="s">
+        <v>123</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>77</v>
+      </c>
+      <c r="H113"/>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>181</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>636</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>637</v>
+      </c>
+      <c r="P113" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>639</v>
+      </c>
+      <c r="B114" t="s">
+        <v>156</v>
+      </c>
+      <c r="C114" t="s">
+        <v>640</v>
+      </c>
+      <c r="D114" t="s">
+        <v>122</v>
+      </c>
+      <c r="E114" t="s">
+        <v>123</v>
+      </c>
+      <c r="F114" t="s">
+        <v>76</v>
+      </c>
+      <c r="G114" t="s">
+        <v>77</v>
+      </c>
+      <c r="H114"/>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>641</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>642</v>
+      </c>
+      <c r="P114" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>644</v>
+      </c>
+      <c r="B115" t="s">
+        <v>645</v>
+      </c>
+      <c r="C115" t="s">
+        <v>646</v>
+      </c>
+      <c r="D115" t="s">
+        <v>647</v>
+      </c>
+      <c r="E115" t="s">
+        <v>75</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>77</v>
+      </c>
+      <c r="H115"/>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>648</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>649</v>
+      </c>
+      <c r="N115" t="s">
+        <v>650</v>
+      </c>
+      <c r="O115" t="s">
+        <v>651</v>
+      </c>
+      <c r="P115"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>