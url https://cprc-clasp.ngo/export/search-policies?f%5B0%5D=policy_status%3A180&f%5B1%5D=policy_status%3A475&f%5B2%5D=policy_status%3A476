--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,189 +12,246 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>NT 81.70 NT 81.71</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
     <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
   </si>
   <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
-  </si>
-[...1 lines deleted...]
-    <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
     <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
   </si>
   <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
     <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
 Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
   </si>
   <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
     <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
     <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
 Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>New</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
     <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
     <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
@@ -275,53 +332,50 @@
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
     <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
   </si>
   <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
     <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
     <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
   </si>
   <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
@@ -575,101 +629,331 @@
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
     <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
+  </si>
+  <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
   </si>
   <si>
     <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
+  </si>
+  <si>
+    <t>GB/T 18708
+,   
+                    GB/T 19741</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
+  </si>
+  <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
@@ -701,86 +985,74 @@
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
     <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>Solar</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
   </si>
   <si>
-    <t>India</t>
-[...1 lines deleted...]
-  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
-    <t>Water</t>
-[...1 lines deleted...]
-  <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
-    <t>Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
     <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
   <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
     <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
@@ -872,53 +1144,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
     <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
@@ -1139,53 +1408,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
     <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>September 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
@@ -1218,50 +1484,68 @@
     <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-refrigerators</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7490</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
@@ -1625,69 +1909,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P76"/>
+  <dimension ref="A1:P90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1723,3341 +2007,4027 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
-      <c r="I2"/>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I5"/>
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>64</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>35</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C9" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D9" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="P9"/>
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="P12"/>
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
       <c r="M15" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>120</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>121</v>
+        <v>80</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>130</v>
+      </c>
       <c r="M16" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F17" t="s">
-        <v>130</v>
+        <v>35</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>131</v>
+        <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>110</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>136</v>
       </c>
       <c r="B18" t="s">
         <v>137</v>
       </c>
       <c r="C18" t="s">
         <v>138</v>
       </c>
       <c r="D18" t="s">
         <v>139</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>140</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>141</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>142</v>
       </c>
       <c r="P18" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>144</v>
       </c>
       <c r="B19" t="s">
         <v>145</v>
       </c>
       <c r="C19" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="D19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F19" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
       <c r="M19" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="D20" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F20" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>141</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="P20" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B21" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="C21" t="s">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="D21" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F21" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="K21" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>141</v>
+        <v>159</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
-        <v>128</v>
+        <v>156</v>
       </c>
       <c r="D22" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F22" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>131</v>
+        <v>158</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="P22" t="s">
-        <v>135</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B23" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="C23" t="s">
-        <v>120</v>
+        <v>156</v>
       </c>
       <c r="D23" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="E23" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F23" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="N23" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="P23" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B24" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C24" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="D24" t="s">
-        <v>107</v>
+        <v>180</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F24" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="P24" t="s">
-        <v>135</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="D25" t="s">
-        <v>116</v>
+        <v>184</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>133</v>
+        <v>185</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>186</v>
       </c>
       <c r="O25" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="P25" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="B26" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="C26" t="s">
-        <v>180</v>
+        <v>146</v>
       </c>
       <c r="D26" t="s">
-        <v>181</v>
+        <v>125</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="M26" t="s">
-        <v>183</v>
+        <v>151</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="P26" t="s">
-        <v>185</v>
+        <v>153</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="D27" t="s">
-        <v>189</v>
+        <v>134</v>
       </c>
       <c r="E27" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F27" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G27" t="s">
-        <v>190</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>54</v>
+        <v>149</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>192</v>
+        <v>151</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P27" t="s">
-        <v>194</v>
+        <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C28" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="D28" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="E28" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F28" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G28" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>198</v>
+        <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>96</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D29" t="s">
-        <v>139</v>
+        <v>207</v>
       </c>
       <c r="E29" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I29"/>
+        <v>8</v>
+      </c>
+      <c r="H29">
+        <v>2007</v>
+      </c>
+      <c r="I29">
+        <v>2025</v>
+      </c>
       <c r="J29" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="P29"/>
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="B30" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E30" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I30"/>
+        <v>55</v>
+      </c>
+      <c r="H30">
+        <v>1989</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
       <c r="J30" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>216</v>
+      </c>
       <c r="M30" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="P30"/>
+        <v>218</v>
+      </c>
+      <c r="P30" t="s">
+        <v>219</v>
+      </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>220</v>
+      </c>
+      <c r="B31" t="s">
+        <v>221</v>
+      </c>
+      <c r="C31" t="s">
         <v>214</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>215</v>
       </c>
-      <c r="C31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I31"/>
+        <v>222</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31">
+        <v>2025</v>
+      </c>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>223</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>224</v>
+      </c>
       <c r="M31" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="P31"/>
+        <v>225</v>
+      </c>
+      <c r="P31" t="s">
+        <v>226</v>
+      </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="C32" t="s">
-        <v>128</v>
+        <v>214</v>
       </c>
       <c r="D32" t="s">
-        <v>219</v>
+        <v>54</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>229</v>
+      </c>
+      <c r="H32">
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
       <c r="J32" t="s">
-        <v>131</v>
+        <v>73</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="M32" t="s">
-        <v>133</v>
+        <v>231</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>232</v>
       </c>
       <c r="O32" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="P32" t="s">
-        <v>135</v>
+        <v>234</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="B33" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>214</v>
+      </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I33"/>
+        <v>55</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
       <c r="J33" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="K33" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="L33" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="M33" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="N33" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="P33"/>
+        <v>241</v>
+      </c>
+      <c r="P33" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="B34" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="C34" t="s">
-        <v>234</v>
+        <v>214</v>
       </c>
       <c r="D34" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I34"/>
+        <v>8</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2025</v>
+      </c>
       <c r="J34" t="s">
-        <v>54</v>
+        <v>238</v>
       </c>
       <c r="K34" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="L34"/>
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>245</v>
+      </c>
       <c r="M34" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="N34" t="s">
-        <v>238</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="P34" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="B35" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C35" t="s">
-        <v>243</v>
+        <v>214</v>
       </c>
       <c r="D35" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E35" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I35"/>
+        <v>252</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
       <c r="J35" t="s">
-        <v>245</v>
+        <v>73</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>253</v>
+      </c>
+      <c r="L35" t="s">
+        <v>254</v>
+      </c>
       <c r="M35" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="P35" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="B36" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="C36" t="s">
-        <v>250</v>
+        <v>214</v>
       </c>
       <c r="D36" t="s">
-        <v>139</v>
+        <v>259</v>
       </c>
       <c r="E36" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I36"/>
+        <v>55</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
       <c r="J36" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="K36" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L36"/>
+        <v>253</v>
+      </c>
+      <c r="L36" t="s">
+        <v>260</v>
+      </c>
       <c r="M36" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="P36" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="B37" t="s">
-        <v>96</v>
+        <v>264</v>
       </c>
       <c r="C37" t="s">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="D37" t="s">
-        <v>139</v>
+        <v>265</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H37"/>
+        <v>252</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>251</v>
+        <v>37</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>266</v>
+      </c>
       <c r="M37" t="s">
-        <v>212</v>
+        <v>267</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="P37" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>270</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>271</v>
       </c>
       <c r="C38" t="s">
-        <v>255</v>
+        <v>214</v>
       </c>
       <c r="D38" t="s">
-        <v>139</v>
+        <v>169</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H38"/>
+        <v>252</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>251</v>
+        <v>37</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L38"/>
+        <v>272</v>
+      </c>
+      <c r="L38" t="s">
+        <v>273</v>
+      </c>
       <c r="M38" t="s">
-        <v>212</v>
+        <v>267</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>274</v>
       </c>
       <c r="O38" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="P38" t="s">
-        <v>257</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="B39" t="s">
-        <v>96</v>
+        <v>278</v>
       </c>
       <c r="C39" t="s">
-        <v>259</v>
+        <v>214</v>
       </c>
       <c r="D39" t="s">
-        <v>139</v>
+        <v>279</v>
       </c>
       <c r="E39" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H39"/>
+        <v>280</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="K39" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L39"/>
+        <v>281</v>
+      </c>
+      <c r="L39" t="s">
+        <v>282</v>
+      </c>
       <c r="M39" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>283</v>
       </c>
       <c r="O39" t="s">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="P39" t="s">
-        <v>263</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>249</v>
+        <v>286</v>
       </c>
       <c r="B40" t="s">
-        <v>264</v>
+        <v>287</v>
       </c>
       <c r="C40" t="s">
-        <v>265</v>
+        <v>214</v>
       </c>
       <c r="D40" t="s">
-        <v>139</v>
+        <v>279</v>
       </c>
       <c r="E40" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I40"/>
+        <v>8</v>
+      </c>
+      <c r="H40">
+        <v>2019</v>
+      </c>
+      <c r="I40">
+        <v>2025</v>
+      </c>
       <c r="J40" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>274</v>
       </c>
       <c r="O40" t="s">
-        <v>267</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>268</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="B41" t="s">
-        <v>96</v>
+        <v>291</v>
       </c>
       <c r="C41" t="s">
-        <v>270</v>
+        <v>214</v>
       </c>
       <c r="D41" t="s">
-        <v>61</v>
+        <v>292</v>
       </c>
       <c r="E41" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I41"/>
+        <v>8</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41">
+        <v>2025</v>
+      </c>
       <c r="J41" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>293</v>
       </c>
       <c r="O41" t="s">
-        <v>272</v>
+        <v>294</v>
       </c>
       <c r="P41" t="s">
-        <v>273</v>
+        <v>295</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>274</v>
+        <v>296</v>
       </c>
       <c r="B42" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C42" t="s">
-        <v>250</v>
+        <v>297</v>
       </c>
       <c r="D42" t="s">
-        <v>275</v>
+        <v>157</v>
       </c>
       <c r="E42" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>251</v>
+        <v>298</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42"/>
+      <c r="L42" t="s">
+        <v>299</v>
+      </c>
       <c r="M42" t="s">
-        <v>252</v>
+        <v>300</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>278</v>
+        <v>302</v>
       </c>
       <c r="B43" t="s">
-        <v>96</v>
+        <v>303</v>
       </c>
       <c r="C43" t="s">
-        <v>279</v>
+        <v>304</v>
       </c>
       <c r="D43" t="s">
-        <v>244</v>
+        <v>305</v>
       </c>
       <c r="E43" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>260</v>
+        <v>148</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>251</v>
+        <v>37</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="P43"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>283</v>
+        <v>308</v>
       </c>
       <c r="B44" t="s">
-        <v>96</v>
+        <v>309</v>
       </c>
       <c r="C44" t="s">
-        <v>250</v>
+        <v>304</v>
       </c>
       <c r="D44" t="s">
-        <v>284</v>
+        <v>305</v>
       </c>
       <c r="E44" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>251</v>
+        <v>37</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>252</v>
+        <v>306</v>
       </c>
       <c r="N44" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="P44"/>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="B45" t="s">
-        <v>96</v>
+        <v>312</v>
       </c>
       <c r="C45" t="s">
-        <v>250</v>
+        <v>146</v>
       </c>
       <c r="D45" t="s">
-        <v>288</v>
+        <v>313</v>
       </c>
       <c r="E45" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F45" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>251</v>
+        <v>149</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>314</v>
+      </c>
       <c r="M45" t="s">
-        <v>252</v>
+        <v>151</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>289</v>
+        <v>315</v>
       </c>
       <c r="P45" t="s">
-        <v>290</v>
+        <v>153</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>291</v>
+        <v>316</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="C46"/>
       <c r="D46" t="s">
-        <v>275</v>
+        <v>318</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F46" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>251</v>
+        <v>320</v>
       </c>
       <c r="K46" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L46"/>
+        <v>239</v>
+      </c>
+      <c r="L46" t="s">
+        <v>321</v>
+      </c>
       <c r="M46" t="s">
-        <v>212</v>
+        <v>322</v>
       </c>
       <c r="N46" t="s">
-        <v>26</v>
+        <v>323</v>
       </c>
       <c r="O46" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="P46"/>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>291</v>
+        <v>325</v>
       </c>
       <c r="B47" t="s">
-        <v>96</v>
+        <v>326</v>
       </c>
       <c r="C47" t="s">
-        <v>292</v>
+        <v>206</v>
       </c>
       <c r="D47" t="s">
-        <v>275</v>
+        <v>327</v>
       </c>
       <c r="E47" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F47" t="s">
-        <v>130</v>
+        <v>35</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>251</v>
+        <v>73</v>
       </c>
       <c r="K47" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>212</v>
+        <v>328</v>
       </c>
       <c r="N47" t="s">
-        <v>26</v>
+        <v>283</v>
       </c>
       <c r="O47" t="s">
-        <v>296</v>
+        <v>329</v>
       </c>
       <c r="P47" t="s">
-        <v>294</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>291</v>
+        <v>331</v>
       </c>
       <c r="B48" t="s">
-        <v>96</v>
+        <v>332</v>
       </c>
       <c r="C48" t="s">
-        <v>259</v>
+        <v>333</v>
       </c>
       <c r="D48" t="s">
-        <v>275</v>
+        <v>334</v>
       </c>
       <c r="E48" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>260</v>
+        <v>148</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>261</v>
+        <v>336</v>
       </c>
       <c r="N48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>297</v>
+        <v>337</v>
       </c>
       <c r="P48" t="s">
-        <v>263</v>
+        <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>298</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C49" t="s">
-        <v>292</v>
+        <v>340</v>
       </c>
       <c r="D49" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>212</v>
+        <v>342</v>
       </c>
       <c r="N49" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>299</v>
+        <v>343</v>
       </c>
       <c r="P49" t="s">
-        <v>294</v>
+        <v>344</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>298</v>
+        <v>339</v>
       </c>
       <c r="B50" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C50" t="s">
-        <v>292</v>
+        <v>345</v>
       </c>
       <c r="D50" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F50" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>212</v>
+        <v>306</v>
       </c>
       <c r="N50" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="P50" t="s">
-        <v>294</v>
+        <v>347</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>298</v>
+        <v>339</v>
       </c>
       <c r="B51" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C51" t="s">
-        <v>255</v>
+        <v>345</v>
       </c>
       <c r="D51" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F51" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>212</v>
+        <v>306</v>
       </c>
       <c r="N51" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>301</v>
+        <v>348</v>
       </c>
       <c r="P51" t="s">
-        <v>257</v>
+        <v>347</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>298</v>
+        <v>339</v>
       </c>
       <c r="B52" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C52" t="s">
-        <v>255</v>
+        <v>349</v>
       </c>
       <c r="D52" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>130</v>
+        <v>350</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>212</v>
+        <v>351</v>
       </c>
       <c r="N52" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>302</v>
+        <v>352</v>
       </c>
       <c r="P52" t="s">
-        <v>257</v>
+        <v>353</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>298</v>
+        <v>339</v>
       </c>
       <c r="B53" t="s">
-        <v>96</v>
+        <v>354</v>
       </c>
       <c r="C53" t="s">
-        <v>259</v>
+        <v>355</v>
       </c>
       <c r="D53" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
       <c r="E53" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="F53" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>303</v>
+        <v>356</v>
       </c>
       <c r="N53" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>304</v>
+        <v>357</v>
       </c>
       <c r="P53" t="s">
-        <v>263</v>
+        <v>358</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>298</v>
+        <v>359</v>
       </c>
       <c r="B54" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C54" t="s">
-        <v>305</v>
+        <v>360</v>
       </c>
       <c r="D54" t="s">
-        <v>189</v>
+        <v>80</v>
       </c>
       <c r="E54" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="F54" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>306</v>
+        <v>341</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>307</v>
+        <v>361</v>
       </c>
       <c r="N54" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>308</v>
+        <v>362</v>
       </c>
       <c r="P54" t="s">
-        <v>309</v>
+        <v>363</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>310</v>
+        <v>364</v>
       </c>
       <c r="B55" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C55" t="s">
-        <v>305</v>
+        <v>340</v>
       </c>
       <c r="D55" t="s">
-        <v>284</v>
+        <v>365</v>
       </c>
       <c r="E55" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>306</v>
+        <v>341</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>307</v>
+        <v>342</v>
       </c>
       <c r="N55" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>311</v>
+        <v>366</v>
       </c>
       <c r="P55" t="s">
-        <v>309</v>
+        <v>367</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>312</v>
+        <v>368</v>
       </c>
       <c r="B56" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C56" t="s">
-        <v>250</v>
+        <v>369</v>
       </c>
       <c r="D56" t="s">
-        <v>61</v>
+        <v>334</v>
       </c>
       <c r="E56" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>350</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>252</v>
+        <v>370</v>
       </c>
       <c r="N56" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>313</v>
+        <v>371</v>
       </c>
       <c r="P56" t="s">
-        <v>314</v>
+        <v>372</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>312</v>
+        <v>373</v>
       </c>
       <c r="B57" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C57" t="s">
-        <v>305</v>
+        <v>340</v>
       </c>
       <c r="D57" t="s">
-        <v>61</v>
+        <v>237</v>
       </c>
       <c r="E57" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>306</v>
+        <v>341</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>307</v>
+        <v>342</v>
       </c>
       <c r="N57" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>315</v>
+        <v>374</v>
       </c>
       <c r="P57" t="s">
-        <v>309</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>316</v>
+        <v>376</v>
       </c>
       <c r="B58" t="s">
-        <v>317</v>
+        <v>114</v>
       </c>
       <c r="C58" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="D58" t="s">
-        <v>319</v>
+        <v>377</v>
       </c>
       <c r="E58" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>306</v>
+        <v>341</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
-      <c r="L58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="N58" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>322</v>
+        <v>378</v>
       </c>
       <c r="P58" t="s">
-        <v>323</v>
+        <v>379</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>324</v>
+        <v>380</v>
       </c>
       <c r="B59" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C59" t="s">
-        <v>325</v>
+        <v>381</v>
       </c>
       <c r="D59" t="s">
-        <v>326</v>
+        <v>365</v>
       </c>
       <c r="E59" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F59" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>328</v>
+        <v>306</v>
       </c>
       <c r="N59" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="P59"/>
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>324</v>
+        <v>380</v>
       </c>
       <c r="B60" t="s">
-        <v>330</v>
+        <v>114</v>
       </c>
       <c r="C60" t="s">
-        <v>331</v>
+        <v>381</v>
       </c>
       <c r="D60" t="s">
-        <v>275</v>
+        <v>365</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F60" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H60"/>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>86</v>
+        <v>341</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60"/>
+      <c r="L60" t="s">
+        <v>384</v>
+      </c>
       <c r="M60" t="s">
-        <v>206</v>
+        <v>306</v>
       </c>
       <c r="N60" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>332</v>
+        <v>385</v>
       </c>
       <c r="P60" t="s">
-        <v>333</v>
+        <v>383</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>334</v>
+        <v>380</v>
       </c>
       <c r="B61" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C61" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="D61" t="s">
-        <v>189</v>
+        <v>365</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>44</v>
+        <v>350</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>251</v>
+        <v>341</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="N61" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>337</v>
+        <v>386</v>
       </c>
       <c r="P61" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>339</v>
+        <v>387</v>
       </c>
       <c r="B62" t="s">
-        <v>340</v>
+        <v>114</v>
       </c>
       <c r="C62" t="s">
-        <v>341</v>
+        <v>381</v>
       </c>
       <c r="D62" t="s">
-        <v>98</v>
+        <v>215</v>
       </c>
       <c r="E62" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F62" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H62"/>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="K62" t="s">
-        <v>343</v>
+        <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>344</v>
+        <v>306</v>
       </c>
       <c r="N62" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>345</v>
+        <v>388</v>
       </c>
       <c r="P62" t="s">
-        <v>346</v>
+        <v>383</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>347</v>
+        <v>387</v>
       </c>
       <c r="B63" t="s">
-        <v>348</v>
+        <v>114</v>
       </c>
       <c r="C63" t="s">
-        <v>349</v>
+        <v>381</v>
       </c>
       <c r="D63" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="E63" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F63" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>86</v>
+        <v>341</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>352</v>
+        <v>306</v>
       </c>
       <c r="N63" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="P63"/>
+        <v>389</v>
+      </c>
+      <c r="P63" t="s">
+        <v>383</v>
+      </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>354</v>
+        <v>387</v>
       </c>
       <c r="B64" t="s">
-        <v>355</v>
+        <v>114</v>
       </c>
       <c r="C64" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
       <c r="D64" t="s">
-        <v>357</v>
+        <v>215</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F64" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>245</v>
+        <v>341</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>358</v>
+        <v>306</v>
       </c>
       <c r="N64" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="P64"/>
+        <v>390</v>
+      </c>
+      <c r="P64" t="s">
+        <v>347</v>
+      </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>360</v>
+        <v>387</v>
       </c>
       <c r="B65" t="s">
-        <v>361</v>
+        <v>114</v>
       </c>
       <c r="C65" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="D65" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="E65" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F65" t="s">
-        <v>44</v>
+        <v>148</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H65"/>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>245</v>
+        <v>341</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>364</v>
+        <v>306</v>
       </c>
       <c r="N65" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="P65"/>
+        <v>391</v>
+      </c>
+      <c r="P65" t="s">
+        <v>347</v>
+      </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>360</v>
+        <v>387</v>
       </c>
       <c r="B66" t="s">
-        <v>366</v>
+        <v>114</v>
       </c>
       <c r="C66" t="s">
-        <v>331</v>
+        <v>349</v>
       </c>
       <c r="D66" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="E66" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H66"/>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>245</v>
+        <v>341</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...2 lines deleted...]
-      <c r="M66"/>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>392</v>
+      </c>
       <c r="N66" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="P66"/>
+        <v>393</v>
+      </c>
+      <c r="P66" t="s">
+        <v>353</v>
+      </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>368</v>
+        <v>387</v>
       </c>
       <c r="B67" t="s">
-        <v>348</v>
+        <v>114</v>
       </c>
       <c r="C67" t="s">
-        <v>356</v>
+        <v>394</v>
       </c>
       <c r="D67" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>86</v>
+        <v>395</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>358</v>
+        <v>396</v>
       </c>
       <c r="N67" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="P67"/>
+        <v>397</v>
+      </c>
+      <c r="P67" t="s">
+        <v>398</v>
+      </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>370</v>
+        <v>399</v>
       </c>
       <c r="B68" t="s">
-        <v>371</v>
+        <v>114</v>
       </c>
       <c r="C68" t="s">
-        <v>203</v>
+        <v>394</v>
       </c>
       <c r="D68" t="s">
-        <v>372</v>
+        <v>237</v>
       </c>
       <c r="E68" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>373</v>
+        <v>395</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
-      <c r="M68"/>
+      <c r="M68" t="s">
+        <v>396</v>
+      </c>
       <c r="N68" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>374</v>
+        <v>400</v>
       </c>
       <c r="P68" t="s">
-        <v>375</v>
+        <v>398</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>376</v>
+        <v>401</v>
       </c>
       <c r="B69" t="s">
-        <v>377</v>
+        <v>114</v>
       </c>
       <c r="C69" t="s">
-        <v>378</v>
+        <v>340</v>
       </c>
       <c r="D69" t="s">
-        <v>224</v>
+        <v>80</v>
       </c>
       <c r="E69" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>225</v>
+        <v>35</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H69"/>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>226</v>
+        <v>341</v>
       </c>
       <c r="K69" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>379</v>
+        <v>342</v>
       </c>
       <c r="N69" t="s">
-        <v>230</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="P69"/>
+        <v>402</v>
+      </c>
+      <c r="P69" t="s">
+        <v>403</v>
+      </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>381</v>
+        <v>401</v>
       </c>
       <c r="B70" t="s">
-        <v>382</v>
+        <v>114</v>
       </c>
       <c r="C70" t="s">
-        <v>383</v>
+        <v>394</v>
       </c>
       <c r="D70" t="s">
-        <v>181</v>
+        <v>80</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>342</v>
+        <v>395</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="N70" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="P70" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>388</v>
+        <v>405</v>
       </c>
       <c r="B71" t="s">
-        <v>389</v>
+        <v>406</v>
       </c>
       <c r="C71" t="s">
-        <v>138</v>
+        <v>407</v>
       </c>
       <c r="D71" t="s">
-        <v>244</v>
+        <v>408</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>140</v>
+        <v>395</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="L71"/>
+      <c r="L71" t="s">
+        <v>409</v>
+      </c>
       <c r="M71" t="s">
-        <v>141</v>
+        <v>410</v>
       </c>
       <c r="N71" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>390</v>
+        <v>411</v>
       </c>
       <c r="P71" t="s">
-        <v>391</v>
+        <v>412</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>392</v>
+        <v>413</v>
       </c>
       <c r="B72" t="s">
-        <v>393</v>
+        <v>114</v>
       </c>
       <c r="C72" t="s">
-        <v>394</v>
+        <v>414</v>
       </c>
       <c r="D72" t="s">
-        <v>139</v>
+        <v>415</v>
       </c>
       <c r="E72" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="F72" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>63</v>
+        <v>341</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72"/>
+      <c r="L72" t="s">
+        <v>416</v>
+      </c>
       <c r="M72" t="s">
-        <v>395</v>
+        <v>417</v>
       </c>
       <c r="N72" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="P72"/>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="B73" t="s">
-        <v>393</v>
+        <v>419</v>
       </c>
       <c r="C73" t="s">
-        <v>394</v>
+        <v>420</v>
       </c>
       <c r="D73" t="s">
-        <v>189</v>
+        <v>365</v>
       </c>
       <c r="E73" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>395</v>
+        <v>300</v>
       </c>
       <c r="N73" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>399</v>
+        <v>421</v>
       </c>
       <c r="P73" t="s">
-        <v>397</v>
+        <v>422</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>400</v>
+        <v>423</v>
       </c>
       <c r="B74" t="s">
-        <v>401</v>
+        <v>114</v>
       </c>
       <c r="C74" t="s">
-        <v>402</v>
+        <v>424</v>
       </c>
       <c r="D74" t="s">
-        <v>403</v>
+        <v>215</v>
       </c>
       <c r="E74" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="F74" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>122</v>
+        <v>341</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="N74" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
       <c r="P74" t="s">
-        <v>406</v>
+        <v>427</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>407</v>
+        <v>428</v>
       </c>
       <c r="B75" t="s">
-        <v>96</v>
+        <v>429</v>
       </c>
       <c r="C75" t="s">
-        <v>408</v>
+        <v>430</v>
       </c>
       <c r="D75" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="E75" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>86</v>
+        <v>431</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
+        <v>432</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>409</v>
+        <v>433</v>
       </c>
       <c r="N75" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>410</v>
+        <v>434</v>
       </c>
       <c r="P75" t="s">
-        <v>411</v>
+        <v>435</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>412</v>
+        <v>436</v>
       </c>
       <c r="B76" t="s">
-        <v>413</v>
+        <v>437</v>
       </c>
       <c r="C76" t="s">
-        <v>414</v>
+        <v>438</v>
       </c>
       <c r="D76" t="s">
-        <v>415</v>
+        <v>439</v>
       </c>
       <c r="E76" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F76" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>416</v>
+        <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76"/>
+      <c r="L76" t="s">
+        <v>440</v>
+      </c>
       <c r="M76" t="s">
-        <v>417</v>
+        <v>441</v>
       </c>
       <c r="N76" t="s">
-        <v>418</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="P76"/>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>443</v>
+      </c>
+      <c r="B77" t="s">
+        <v>444</v>
+      </c>
+      <c r="C77" t="s">
+        <v>445</v>
+      </c>
+      <c r="D77" t="s">
+        <v>446</v>
+      </c>
+      <c r="E77" t="s">
+        <v>34</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>36</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>335</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>447</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>448</v>
+      </c>
+      <c r="P77"/>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>449</v>
+      </c>
+      <c r="B78" t="s">
+        <v>450</v>
+      </c>
+      <c r="C78" t="s">
+        <v>451</v>
+      </c>
+      <c r="D78" t="s">
+        <v>439</v>
+      </c>
+      <c r="E78" t="s">
+        <v>81</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>36</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>335</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>452</v>
+      </c>
+      <c r="M78" t="s">
+        <v>453</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>454</v>
+      </c>
+      <c r="P78"/>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>449</v>
+      </c>
+      <c r="B79" t="s">
+        <v>455</v>
+      </c>
+      <c r="C79" t="s">
+        <v>420</v>
+      </c>
+      <c r="D79" t="s">
+        <v>439</v>
+      </c>
+      <c r="E79" t="s">
+        <v>81</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>36</v>
+      </c>
+      <c r="H79"/>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>335</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>452</v>
+      </c>
+      <c r="M79"/>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>456</v>
+      </c>
+      <c r="P79"/>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>457</v>
+      </c>
+      <c r="B80" t="s">
+        <v>437</v>
+      </c>
+      <c r="C80" t="s">
+        <v>445</v>
+      </c>
+      <c r="D80" t="s">
+        <v>439</v>
+      </c>
+      <c r="E80" t="s">
+        <v>34</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>36</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>440</v>
+      </c>
+      <c r="M80" t="s">
+        <v>447</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>458</v>
+      </c>
+      <c r="P80"/>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>459</v>
+      </c>
+      <c r="B81" t="s">
+        <v>460</v>
+      </c>
+      <c r="C81" t="s">
+        <v>297</v>
+      </c>
+      <c r="D81" t="s">
+        <v>461</v>
+      </c>
+      <c r="E81" t="s">
+        <v>81</v>
+      </c>
+      <c r="F81" t="s">
+        <v>35</v>
+      </c>
+      <c r="G81" t="s">
+        <v>36</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>208</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81"/>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>462</v>
+      </c>
+      <c r="P81" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>464</v>
+      </c>
+      <c r="B82" t="s">
+        <v>465</v>
+      </c>
+      <c r="C82" t="s">
+        <v>466</v>
+      </c>
+      <c r="D82" t="s">
+        <v>318</v>
+      </c>
+      <c r="E82" t="s">
+        <v>81</v>
+      </c>
+      <c r="F82" t="s">
+        <v>319</v>
+      </c>
+      <c r="G82" t="s">
+        <v>36</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>320</v>
+      </c>
+      <c r="K82" t="s">
+        <v>239</v>
+      </c>
+      <c r="L82" t="s">
+        <v>321</v>
+      </c>
+      <c r="M82" t="s">
+        <v>467</v>
+      </c>
+      <c r="N82" t="s">
+        <v>323</v>
+      </c>
+      <c r="O82" t="s">
+        <v>468</v>
+      </c>
+      <c r="P82"/>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>469</v>
+      </c>
+      <c r="B83" t="s">
+        <v>470</v>
+      </c>
+      <c r="C83" t="s">
+        <v>471</v>
+      </c>
+      <c r="D83" t="s">
+        <v>199</v>
+      </c>
+      <c r="E83" t="s">
+        <v>34</v>
+      </c>
+      <c r="F83" t="s">
+        <v>35</v>
+      </c>
+      <c r="G83" t="s">
+        <v>36</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>431</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>472</v>
+      </c>
+      <c r="M83" t="s">
+        <v>473</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>474</v>
+      </c>
+      <c r="P83" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>476</v>
+      </c>
+      <c r="B84" t="s">
+        <v>477</v>
+      </c>
+      <c r="C84" t="s">
+        <v>156</v>
+      </c>
+      <c r="D84" t="s">
+        <v>334</v>
+      </c>
+      <c r="E84" t="s">
+        <v>34</v>
+      </c>
+      <c r="F84" t="s">
+        <v>148</v>
+      </c>
+      <c r="G84" t="s">
+        <v>36</v>
+      </c>
+      <c r="H84"/>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>158</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>159</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>478</v>
+      </c>
+      <c r="P84" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>480</v>
+      </c>
+      <c r="B85" t="s">
+        <v>481</v>
+      </c>
+      <c r="C85" t="s">
+        <v>482</v>
+      </c>
+      <c r="D85" t="s">
+        <v>157</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>36</v>
+      </c>
+      <c r="H85"/>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>82</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>483</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>484</v>
+      </c>
+      <c r="P85" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>486</v>
+      </c>
+      <c r="B86" t="s">
+        <v>481</v>
+      </c>
+      <c r="C86" t="s">
+        <v>482</v>
+      </c>
+      <c r="D86" t="s">
+        <v>215</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>36</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>82</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>483</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>487</v>
+      </c>
+      <c r="P86" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>488</v>
+      </c>
+      <c r="B87" t="s">
+        <v>489</v>
+      </c>
+      <c r="C87" t="s">
+        <v>138</v>
+      </c>
+      <c r="D87" t="s">
+        <v>147</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>55</v>
+      </c>
+      <c r="H87">
+        <v>2010</v>
+      </c>
+      <c r="I87">
+        <v>2016</v>
+      </c>
+      <c r="J87" t="s">
+        <v>140</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>490</v>
+      </c>
+      <c r="M87" t="s">
+        <v>491</v>
+      </c>
+      <c r="N87" t="s">
+        <v>232</v>
+      </c>
+      <c r="O87" t="s">
+        <v>492</v>
+      </c>
+      <c r="P87" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>494</v>
+      </c>
+      <c r="B88" t="s">
+        <v>495</v>
+      </c>
+      <c r="C88" t="s">
+        <v>496</v>
+      </c>
+      <c r="D88" t="s">
+        <v>497</v>
+      </c>
+      <c r="E88" t="s">
+        <v>81</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>36</v>
+      </c>
+      <c r="H88"/>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>140</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>498</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>499</v>
+      </c>
+      <c r="P88" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>501</v>
+      </c>
+      <c r="B89" t="s">
+        <v>114</v>
+      </c>
+      <c r="C89" t="s">
+        <v>502</v>
+      </c>
+      <c r="D89" t="s">
+        <v>80</v>
+      </c>
+      <c r="E89" t="s">
+        <v>81</v>
+      </c>
+      <c r="F89" t="s">
+        <v>35</v>
+      </c>
+      <c r="G89" t="s">
+        <v>36</v>
+      </c>
+      <c r="H89"/>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>503</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>504</v>
+      </c>
+      <c r="P89" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>506</v>
+      </c>
+      <c r="B90" t="s">
+        <v>507</v>
+      </c>
+      <c r="C90" t="s">
+        <v>508</v>
+      </c>
+      <c r="D90" t="s">
+        <v>509</v>
+      </c>
+      <c r="E90" t="s">
+        <v>34</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>36</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>510</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>511</v>
+      </c>
+      <c r="N90" t="s">
+        <v>512</v>
+      </c>
+      <c r="O90" t="s">
+        <v>513</v>
+      </c>
+      <c r="P90"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>