--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,131 +12,197 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>Water</t>
-[...1 lines deleted...]
-  <si>
     <t>Bureau of Indian Standards</t>
-  </si>
-[...1 lines deleted...]
-    <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
     <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -446,73 +512,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -544,70 +610,166 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2021</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="O2" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">