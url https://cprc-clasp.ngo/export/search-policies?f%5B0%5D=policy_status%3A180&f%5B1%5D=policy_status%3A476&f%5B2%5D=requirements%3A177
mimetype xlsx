--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,194 +102,380 @@
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
     <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
     <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
     <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
   </si>
   <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
     <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Revised, To Be Superseded</t>
-[...1 lines deleted...]
-  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
     <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>May 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
     <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
     <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
@@ -348,53 +534,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
     <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
@@ -496,50 +679,71 @@
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-refrigerators</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -843,73 +1047,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -974,1097 +1178,1539 @@
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I3"/>
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>58</v>
       </c>
-      <c r="M6" t="s">
+      <c r="O6" t="s">
         <v>59</v>
       </c>
-      <c r="N6" t="s">
-[...2 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
         <v>62</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>63</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>64</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>1989</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
         <v>65</v>
-      </c>
-[...12 lines deleted...]
-        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
         <v>68</v>
       </c>
-      <c r="M7" t="s">
+      <c r="P7" t="s">
         <v>69</v>
       </c>
-      <c r="N7" t="s">
-[...5 lines deleted...]
-      <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
         <v>71</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
         <v>72</v>
       </c>
-      <c r="C8" t="s">
-[...15 lines deleted...]
-      <c r="I8"/>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
       <c r="J8" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
       <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>75</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
         <v>77</v>
       </c>
-      <c r="N8" t="s">
-[...5 lines deleted...]
-      <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
         <v>79</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
         <v>80</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
         <v>74</v>
       </c>
-      <c r="E9" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="P9"/>
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="I10"/>
+        <v>89</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
       <c r="J10" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L10"/>
+        <v>90</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
       <c r="M10" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="N10" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
         <v>90</v>
       </c>
-      <c r="B11" t="s">
-[...25 lines deleted...]
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="N11" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O11" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
         <v>63</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H12"/>
+        <v>89</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
       <c r="M12" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
         <v>63</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>89</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>111</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
       <c r="M13" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="N13" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
         <v>63</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>119</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>120</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
       <c r="M14" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
-        <v>42</v>
+        <v>122</v>
       </c>
       <c r="O14" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>66</v>
+        <v>129</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>131</v>
+      </c>
       <c r="M15" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="N15" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="B16" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>91</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>93</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>63</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="D17" t="s">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="B18" t="s">
-        <v>63</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
-        <v>96</v>
+        <v>146</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>147</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>92</v>
+        <v>148</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="N18" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="P18" t="s">
-        <v>100</v>
+        <v>151</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>120</v>
+        <v>152</v>
       </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
-        <v>123</v>
+        <v>153</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>128</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="N19" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O19" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="P19" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
         <v>128</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="N20" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="P20" t="s">
-        <v>127</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>130</v>
+        <v>163</v>
       </c>
       <c r="B21" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>153</v>
       </c>
       <c r="D21" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>66</v>
+        <v>129</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>93</v>
+        <v>155</v>
       </c>
       <c r="N21" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O21" t="s">
-        <v>132</v>
+        <v>165</v>
       </c>
       <c r="P21" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>126</v>
       </c>
       <c r="C22" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="D22" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>125</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O22" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="P22" t="s">
-        <v>127</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>172</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C23" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="D23" t="s">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="N23" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O23" t="s">
-        <v>141</v>
+        <v>173</v>
       </c>
       <c r="P23" t="s">
-        <v>142</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>143</v>
+        <v>175</v>
       </c>
       <c r="B24" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="C24" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="D24" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="K24" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="N24" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="P24" t="s">
-        <v>151</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="C25" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="N25" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O25" t="s">
-        <v>157</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="B26" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="C26" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D26" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>39</v>
+        <v>129</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="N26" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="O26" t="s">
-        <v>160</v>
+        <v>183</v>
       </c>
       <c r="P26" t="s">
-        <v>158</v>
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>126</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>185</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>186</v>
+      </c>
+      <c r="N27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" t="s">
+        <v>184</v>
+      </c>
+      <c r="D28" t="s">
+        <v>80</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>185</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>186</v>
+      </c>
+      <c r="N28" t="s">
+        <v>37</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" t="s">
+        <v>126</v>
+      </c>
+      <c r="C29" t="s">
+        <v>153</v>
+      </c>
+      <c r="D29" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>154</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>155</v>
+      </c>
+      <c r="N29" t="s">
+        <v>37</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
+        <v>126</v>
+      </c>
+      <c r="C30" t="s">
+        <v>184</v>
+      </c>
+      <c r="D30" t="s">
+        <v>192</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>185</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>186</v>
+      </c>
+      <c r="N30" t="s">
+        <v>37</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" t="s">
+        <v>197</v>
+      </c>
+      <c r="C31" t="s">
+        <v>198</v>
+      </c>
+      <c r="D31" t="s">
+        <v>199</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>185</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>200</v>
+      </c>
+      <c r="M31" t="s">
+        <v>201</v>
+      </c>
+      <c r="N31" t="s">
+        <v>37</v>
+      </c>
+      <c r="O31" t="s">
+        <v>202</v>
+      </c>
+      <c r="P31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>205</v>
+      </c>
+      <c r="C32" t="s">
+        <v>206</v>
+      </c>
+      <c r="D32" t="s">
+        <v>207</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>208</v>
+      </c>
+      <c r="K32" t="s">
+        <v>209</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>210</v>
+      </c>
+      <c r="N32" t="s">
+        <v>37</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>215</v>
+      </c>
+      <c r="D33" t="s">
+        <v>128</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>216</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>217</v>
+      </c>
+      <c r="N33" t="s">
+        <v>37</v>
+      </c>
+      <c r="O33" t="s">
+        <v>218</v>
+      </c>
+      <c r="P33" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>220</v>
+      </c>
+      <c r="B34" t="s">
+        <v>214</v>
+      </c>
+      <c r="C34" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" t="s">
+        <v>64</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>216</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>217</v>
+      </c>
+      <c r="N34" t="s">
+        <v>37</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
+        <v>48</v>
+      </c>
+      <c r="D35" t="s">
+        <v>224</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>50</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
+      <c r="M35" t="s">
+        <v>226</v>
+      </c>
+      <c r="N35" t="s">
+        <v>75</v>
+      </c>
+      <c r="O35" t="s">
+        <v>227</v>
+      </c>
+      <c r="P35" t="s">
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">