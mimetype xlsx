--- v0 (2025-11-26)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -654,50 +654,53 @@
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
@@ -1251,51 +1254,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2971,664 +2974,664 @@
       </c>
       <c r="P35" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>208</v>
       </c>
       <c r="B36" t="s">
         <v>209</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>61</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>175</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>210</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>78</v>
       </c>
       <c r="K36" t="s">
         <v>44</v>
       </c>
       <c r="L36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M36" t="s">
         <v>177</v>
       </c>
       <c r="N36" t="s">
         <v>45</v>
       </c>
       <c r="O36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P36" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D37" t="s">
         <v>30</v>
       </c>
       <c r="E37" t="s">
         <v>69</v>
       </c>
       <c r="F37" t="s">
         <v>70</v>
       </c>
       <c r="G37" t="s">
         <v>52</v>
       </c>
       <c r="H37">
         <v>2006</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
         <v>140</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M37" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P37" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C38" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D38" t="s">
         <v>32</v>
       </c>
       <c r="E38" t="s">
         <v>69</v>
       </c>
       <c r="F38" t="s">
         <v>70</v>
       </c>
       <c r="G38" t="s">
         <v>52</v>
       </c>
       <c r="H38">
         <v>2001</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>140</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P38" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C39" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>69</v>
       </c>
       <c r="F39" t="s">
         <v>70</v>
       </c>
       <c r="G39" t="s">
         <v>52</v>
       </c>
       <c r="H39">
         <v>1994</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>140</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P39" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B40" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D40" t="s">
         <v>34</v>
       </c>
       <c r="E40" t="s">
         <v>69</v>
       </c>
       <c r="F40" t="s">
         <v>70</v>
       </c>
       <c r="G40" t="s">
         <v>52</v>
       </c>
       <c r="H40">
         <v>1992</v>
       </c>
       <c r="I40">
         <v>2012</v>
       </c>
       <c r="J40" t="s">
         <v>140</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P40" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B41" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C41" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D41" t="s">
         <v>34</v>
       </c>
       <c r="E41" t="s">
         <v>69</v>
       </c>
       <c r="F41" t="s">
         <v>70</v>
       </c>
       <c r="G41" t="s">
         <v>52</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2017</v>
       </c>
       <c r="J41" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M41" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B42" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E42" t="s">
         <v>69</v>
       </c>
       <c r="F42" t="s">
         <v>70</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>81</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B43" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C43" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D43" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E43" t="s">
         <v>69</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>52</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2016</v>
       </c>
       <c r="J43" t="s">
         <v>140</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B44" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C44" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D44" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>69</v>
       </c>
       <c r="F44" t="s">
         <v>70</v>
       </c>
       <c r="G44" t="s">
         <v>52</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2017</v>
       </c>
       <c r="J44" t="s">
         <v>154</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B45" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C45" t="s">
         <v>153</v>
       </c>
       <c r="D45" t="s">
         <v>34</v>
       </c>
       <c r="E45" t="s">
         <v>69</v>
       </c>
       <c r="F45" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2007</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>140</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C46" t="s">
         <v>153</v>
       </c>
       <c r="D46" t="s">
         <v>30</v>
       </c>
       <c r="E46" t="s">
         <v>69</v>
       </c>
       <c r="F46" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2009</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>140</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M46" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P46" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B47" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C47" t="s">
         <v>153</v>
       </c>
       <c r="D47" t="s">
         <v>32</v>
       </c>
       <c r="E47" t="s">
         <v>69</v>
       </c>
       <c r="F47" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G47" t="s">
         <v>52</v>
       </c>
       <c r="H47">
         <v>2018</v>
       </c>
       <c r="I47">
         <v>2018</v>
       </c>
       <c r="J47" t="s">
         <v>140</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M47" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B48" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C48" t="s">
         <v>153</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>69</v>
       </c>
       <c r="F48" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>140</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M48" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P48" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">