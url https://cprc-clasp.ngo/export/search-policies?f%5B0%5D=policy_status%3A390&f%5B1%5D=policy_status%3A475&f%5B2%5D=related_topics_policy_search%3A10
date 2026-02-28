--- v0 (2025-11-14)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -365,115 +365,96 @@
   <si>
     <t>This policy covers flush valves for water closets.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...39 lines deleted...]
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
+  </si>
+  <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
     <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
   <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
     <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
@@ -863,59 +844,59 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1747,360 +1728,362 @@
       </c>
       <c r="P18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>115</v>
       </c>
       <c r="B19" t="s">
         <v>116</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>92</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>110</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>52</v>
       </c>
       <c r="K19" t="s">
         <v>44</v>
       </c>
       <c r="L19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M19" t="s">
         <v>112</v>
       </c>
       <c r="N19" t="s">
         <v>45</v>
       </c>
       <c r="O19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>110</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H20">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>52</v>
+        <v>124</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="M20" t="s">
         <v>112</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="P20" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B21" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C21" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>128</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="G21" t="s">
-        <v>130</v>
+        <v>8</v>
       </c>
       <c r="H21">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2019</v>
+      </c>
+      <c r="I21">
+        <v>2025</v>
+      </c>
       <c r="J21" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="K21" t="s">
         <v>86</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="N21" t="s">
         <v>45</v>
       </c>
       <c r="O21" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="P21" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>55</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="P22" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="M23" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="P23" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B24" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C24" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D24" t="s">
         <v>30</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="M24" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="P24" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B25" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="M25" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="P25" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">