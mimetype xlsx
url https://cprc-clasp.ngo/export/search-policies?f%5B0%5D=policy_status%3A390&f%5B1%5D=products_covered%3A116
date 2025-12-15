--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -12,1063 +12,853 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
-[...5 lines deleted...]
-    <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
+  </si>
+  <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
+    <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...47 lines deleted...]
-    <t>Bangladesh</t>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
+  </si>
+  <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
-    <t>December 2020</t>
-[...230 lines deleted...]
-  <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Electric Fan</t>
+  </si>
+  <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>KS C 9301</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
+  </si>
+  <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
+    <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
+  </si>
+  <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
+    <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Russia</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
-[...29 lines deleted...]
-    <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Fans</t>
+  </si>
+  <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>IS 374:2019</t>
-[...152 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 2574:2014</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...34 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
-    <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
-[...56 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
-    <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
-    <t>Pakistan Energy Labels for Fans</t>
-[...56 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
-    <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
-    <t>The Energy Efficiency Label No.5 for fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1332,2981 +1122,1852 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N68"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...19 lines deleted...]
-      <c r="C3" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...201 lines deleted...]
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>61</v>
       </c>
       <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
         <v>56</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>52</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>80</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>58</v>
+      </c>
+      <c r="N12" t="s">
+        <v>80</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>41</v>
+      </c>
+      <c r="D13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" t="s">
+        <v>80</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>100</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>105</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>89</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>107</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>109</v>
+      </c>
+      <c r="N16" t="s">
+        <v>80</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>105</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>89</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>107</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>109</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>107</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>133</v>
+      </c>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
+        <v>87</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>43</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>140</v>
+      </c>
+      <c r="N20" t="s">
+        <v>80</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2016</v>
       </c>
-      <c r="H8"/>
-[...38 lines deleted...]
-      <c r="G9">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>90</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>150</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>107</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>152</v>
+      </c>
+      <c r="M22" t="s">
+        <v>153</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>156</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>107</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
+        <v>125</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>159</v>
+      </c>
+      <c r="P23" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>165</v>
+      </c>
+      <c r="G24" t="s">
+        <v>166</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>167</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>130</v>
+      </c>
+      <c r="D25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" t="s">
+        <v>89</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>132</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>134</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>165</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>99</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>179</v>
+      </c>
+      <c r="M26" t="s">
+        <v>100</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>79</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>185</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>186</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>184</v>
+      </c>
+      <c r="D28" t="s">
+        <v>191</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>192</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>186</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>184</v>
+      </c>
+      <c r="D29" t="s">
+        <v>178</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>185</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>186</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>196</v>
+      </c>
+      <c r="P29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>131</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2009</v>
       </c>
-      <c r="H9">
-[...109 lines deleted...]
-      <c r="B12" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>132</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>133</v>
+      </c>
+      <c r="M30" t="s">
+        <v>134</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" t="s">
+        <v>201</v>
+      </c>
+      <c r="D31" t="s">
+        <v>131</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>165</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>203</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>201</v>
+      </c>
+      <c r="D32" t="s">
+        <v>208</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>165</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>209</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>214</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>216</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>217</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>218</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>214</v>
+      </c>
+      <c r="D34" t="s">
+        <v>164</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
+        <v>216</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>217</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>218</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>223</v>
+      </c>
+      <c r="P34" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>225</v>
+      </c>
+      <c r="B35" t="s">
+        <v>226</v>
+      </c>
+      <c r="C35" t="s">
+        <v>227</v>
+      </c>
+      <c r="D35" t="s">
+        <v>228</v>
+      </c>
+      <c r="E35" t="s">
+        <v>229</v>
+      </c>
+      <c r="F35" t="s">
+        <v>230</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2023</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>99</v>
+      </c>
+      <c r="K35" t="s">
+        <v>231</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>232</v>
+      </c>
+      <c r="N35" t="s">
         <v>80</v>
       </c>
-      <c r="C12" t="s">
-[...123 lines deleted...]
-      <c r="C15" t="s">
+      <c r="O35" t="s">
+        <v>233</v>
+      </c>
+      <c r="P35" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>235</v>
+      </c>
+      <c r="B36" t="s">
+        <v>236</v>
+      </c>
+      <c r="C36" t="s">
+        <v>237</v>
+      </c>
+      <c r="D36" t="s">
+        <v>118</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>165</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>167</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>238</v>
+      </c>
+      <c r="M36" t="s">
+        <v>239</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>240</v>
+      </c>
+      <c r="P36" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>242</v>
+      </c>
+      <c r="B37" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" t="s">
+        <v>214</v>
+      </c>
+      <c r="D37" t="s">
+        <v>244</v>
+      </c>
+      <c r="E37" t="s">
         <v>88</v>
       </c>
-      <c r="D15" t="s">
-[...23 lines deleted...]
-      <c r="N15" t="s">
+      <c r="F37" t="s">
         <v>89</v>
       </c>
-    </row>
-[...59 lines deleted...]
-      <c r="G17">
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2011</v>
       </c>
-      <c r="H17"/>
-[...852 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>40</v>
+        <v>245</v>
       </c>
       <c r="K37" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="M37" t="s">
-        <v>73</v>
+        <v>247</v>
       </c>
       <c r="N37" t="s">
-        <v>180</v>
-[...724 lines deleted...]
-      <c r="B55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
         <v>248</v>
       </c>
-      <c r="C55" t="s">
-[...21 lines deleted...]
-      <c r="K55" t="s">
+      <c r="P37" t="s">
         <v>249</v>
       </c>
-      <c r="L55" t="s">
-[...557 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>