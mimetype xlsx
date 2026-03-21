--- v1 (2025-12-15)
+++ v2 (2026-03-21)
@@ -12,161 +12,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...8 lines deleted...]
-    <t>Integrated Fans</t>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
+    <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
-    <t>October 2022</t>
+    <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>IEC 60879</t>
-[...2 lines deleted...]
-    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+    <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
-  </si>
-[...25 lines deleted...]
-    <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
     <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
@@ -204,50 +174,53 @@
     <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
@@ -621,50 +594,53 @@
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Indonesia</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
@@ -1122,51 +1098,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P37"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1221,1717 +1197,1669 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>31</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
         <v>36</v>
       </c>
-      <c r="N3" t="s">
-[...2 lines deleted...]
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
         <v>39</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>40</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
         <v>43</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="P4" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2014</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="M5"/>
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
       <c r="N5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2014</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="M7"/>
+        <v>42</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L8"/>
+      <c r="M8"/>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
-      <c r="M9"/>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="C11" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
-      <c r="M11"/>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
       <c r="N11" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
         <v>77</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>78</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>79</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>82</v>
+      </c>
       <c r="M12" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="O12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C13" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>90</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>91</v>
       </c>
-      <c r="M13" t="s">
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
         <v>92</v>
       </c>
-      <c r="N13" t="s">
-[...2 lines deleted...]
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
         <v>95</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>96</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>97</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
         <v>99</v>
       </c>
-      <c r="K14" t="s">
-[...2 lines deleted...]
-      <c r="L14"/>
       <c r="M14" t="s">
         <v>100</v>
       </c>
       <c r="N14" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O14" t="s">
         <v>101</v>
       </c>
       <c r="P14" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>103</v>
       </c>
       <c r="B15" t="s">
         <v>104</v>
       </c>
       <c r="C15" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="F15" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="M15" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
         <v>79</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="M16" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="N16" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="E17" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="M17" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="N17" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" t="s">
         <v>122</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>124</v>
       </c>
       <c r="M18" t="s">
         <v>125</v>
       </c>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O18" t="s">
         <v>126</v>
       </c>
       <c r="P18" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>128</v>
       </c>
       <c r="B19" t="s">
         <v>129</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>130</v>
+      </c>
+      <c r="M19" t="s">
+        <v>131</v>
+      </c>
+      <c r="N19" t="s">
+        <v>71</v>
+      </c>
+      <c r="O19" t="s">
         <v>132</v>
       </c>
-      <c r="K19" t="s">
-[...2 lines deleted...]
-      <c r="L19" t="s">
+      <c r="P19" t="s">
         <v>133</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D20" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="M20" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="N20" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>141</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>142</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
+        <v>144</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
         <v>145</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
         <v>148</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>150</v>
+        <v>96</v>
       </c>
       <c r="D22" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="E22" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>1986</v>
+        <v>2011</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="M22" t="s">
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="P22" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>154</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>156</v>
       </c>
-      <c r="B23" t="s">
+      <c r="G23" t="s">
         <v>157</v>
       </c>
-      <c r="C23" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H23">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>107</v>
+        <v>158</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M23" t="s">
-        <v>125</v>
+        <v>160</v>
       </c>
       <c r="N23" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="D24" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F24" t="s">
-        <v>165</v>
+        <v>80</v>
       </c>
       <c r="G24" t="s">
-        <v>166</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>167</v>
+        <v>123</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>169</v>
+        <v>125</v>
       </c>
       <c r="N24" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="P24" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>130</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="E25" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>89</v>
+        <v>156</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>132</v>
+        <v>90</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
       <c r="M25" t="s">
-        <v>134</v>
+        <v>91</v>
       </c>
       <c r="N25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="D26" t="s">
-        <v>178</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>165</v>
+        <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>99</v>
+        <v>176</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26" t="s">
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>175</v>
+      </c>
+      <c r="D27" t="s">
         <v>182</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="N27" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="P27" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="D28" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2022</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="B29" t="s">
-        <v>195</v>
+        <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>184</v>
+        <v>121</v>
       </c>
       <c r="D29" t="s">
-        <v>178</v>
+        <v>122</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>185</v>
+        <v>123</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>124</v>
+      </c>
       <c r="M29" t="s">
-        <v>186</v>
+        <v>125</v>
       </c>
       <c r="N29" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="P29" t="s">
-        <v>188</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B30" t="s">
-        <v>129</v>
+        <v>191</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>192</v>
       </c>
       <c r="D30" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>132</v>
+        <v>193</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>133</v>
+        <v>194</v>
       </c>
       <c r="M30" t="s">
-        <v>134</v>
+        <v>195</v>
       </c>
       <c r="N30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="P30" t="s">
-        <v>136</v>
+        <v>197</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>198</v>
+      </c>
+      <c r="B31" t="s">
         <v>199</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>192</v>
+      </c>
+      <c r="D31" t="s">
         <v>200</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>193</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>201</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
         <v>202</v>
       </c>
-      <c r="M31" t="s">
+      <c r="P31" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>205</v>
+      </c>
+      <c r="C32" t="s">
         <v>206</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>207</v>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="E32" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" t="s">
         <v>208</v>
       </c>
-      <c r="E32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>23</v>
+        <v>209</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N32" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="D33" t="s">
-        <v>215</v>
+        <v>155</v>
       </c>
       <c r="E33" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="F33" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="N33" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>219</v>
+      </c>
+      <c r="D34" t="s">
+        <v>220</v>
+      </c>
+      <c r="E34" t="s">
         <v>221</v>
       </c>
-      <c r="B34" t="s">
+      <c r="F34" t="s">
         <v>222</v>
       </c>
-      <c r="C34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>90</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>223</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="N34" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="O34" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B35" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C35" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D35" t="s">
-        <v>228</v>
+        <v>109</v>
       </c>
       <c r="E35" t="s">
-        <v>229</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>230</v>
+        <v>156</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>230</v>
+      </c>
+      <c r="M35" t="s">
         <v>231</v>
       </c>
-      <c r="L35"/>
-      <c r="M35" t="s">
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
         <v>232</v>
       </c>
-      <c r="N35" t="s">
-[...2 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
         <v>235</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>206</v>
+      </c>
+      <c r="D36" t="s">
         <v>236</v>
       </c>
-      <c r="C36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>79</v>
       </c>
       <c r="F36" t="s">
-        <v>165</v>
+        <v>80</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>167</v>
+        <v>237</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>238</v>
       </c>
       <c r="M36" t="s">
         <v>239</v>
       </c>
       <c r="N36" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O36" t="s">
         <v>240</v>
       </c>
       <c r="P36" t="s">
         <v>241</v>
-      </c>
-[...46 lines deleted...]
-        <v>249</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">