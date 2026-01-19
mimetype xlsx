--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -12,350 +12,321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
-    <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
-[...14 lines deleted...]
-    <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
+  </si>
+  <si>
+    <t>This policy covers flush valves for water closets.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
-    <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
-[...23 lines deleted...]
-    <t>Republic of Korea</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>Water Conservation Certification</t>
+  </si>
+  <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
+    <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
+  </si>
+  <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
+    <t>United States of America*</t>
+  </si>
+  <si>
+    <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>EM501, KS L 1551</t>
-[...43 lines deleted...]
-  <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -619,743 +590,540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="424.611" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...15 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>39</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>34</v>
       </c>
-    </row>
-[...185 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2014</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
-        <v>55</v>
-[...171 lines deleted...]
-      <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
         <v>75</v>
       </c>
-      <c r="B14" t="s">
+      <c r="P9" t="s">
         <v>76</v>
-      </c>
-[...76 lines deleted...]
-        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>