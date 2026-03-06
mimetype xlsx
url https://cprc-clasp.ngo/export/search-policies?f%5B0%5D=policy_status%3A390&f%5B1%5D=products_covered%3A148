--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,590 +12,419 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
+  </si>
+  <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...5 lines deleted...]
-    <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
+    <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
+  </si>
+  <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
+    <t>GB 18613; JB/T 12579</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
-[...47 lines deleted...]
-    <t>Energy Efficiency Label No5 for Water Pump</t>
+    <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
+  </si>
+  <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
+    <t>GB 18163; GB/T 33566</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
-    <t>December 2023</t>
-[...95 lines deleted...]
-    <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
+    <t>Pumps, Pumps Other</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>September 2022</t>
-[...29 lines deleted...]
-    <t>Iran</t>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency Conservation Program (Procel)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>TIS 1548 (or IEC 60335-2-41)</t>
+  </si>
+  <si>
+    <t>Thailand Environment Institute (TEI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
+    <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
+  </si>
+  <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>ISO-2548 (Class C)</t>
-[...166 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -859,1561 +688,722 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="462.316" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>31</v>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>57</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...9 lines deleted...]
-        <v>44</v>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...18 lines deleted...]
-      <c r="G6">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
         <v>46</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="F11" t="s">
         <v>47</v>
       </c>
-      <c r="L6" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...21 lines deleted...]
-      <c r="H7">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2017</v>
       </c>
-      <c r="I7" t="s">
-[...265 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
-        <v>75</v>
-[...315 lines deleted...]
-      <c r="E21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
         <v>107</v>
       </c>
-      <c r="F21" t="s">
-[...14 lines deleted...]
-      <c r="K21" t="s">
+      <c r="P13" t="s">
         <v>108</v>
-      </c>
-[...561 lines deleted...]
-        <v>166</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>