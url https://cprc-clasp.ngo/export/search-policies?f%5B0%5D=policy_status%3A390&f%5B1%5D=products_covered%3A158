--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -68,51 +68,51 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
@@ -484,51 +484,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="325.492" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>