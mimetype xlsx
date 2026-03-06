--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,1134 +12,755 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...11 lines deleted...]
-    <t>U.S. Department of Energy</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.1:2004</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
-[...5 lines deleted...]
-    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+    <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 17896-2012; GB/T 15144-2009</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
+  </si>
+  <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 10682-2010 GB 19043-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
+    <t>Department Circular No. DC 2020-06-0016</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>October 2018</t>
-[...151 lines deleted...]
-  <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
-[...2 lines deleted...]
-    <t>Republic of Korea</t>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
+  </si>
+  <si>
+    <t>Vanuatu Department of Energy, Mines and Minerals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
+  </si>
+  <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Korea Energy Management Corporation (KEMCO)</t>
-[...71 lines deleted...]
-    <t>Malaysia</t>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
-  </si>
-[...60 lines deleted...]
-    <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
-    <t>INTE E22-1 2016</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
-    <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
-[...41 lines deleted...]
-    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>MEPS for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
+  </si>
+  <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
+    <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
+    <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
+  </si>
+  <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
+    <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
+  </si>
+  <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
+  </si>
+  <si>
+    <t>Ministerio de Poder Popular para la Energia Electrica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
+    <t>SI 60968</t>
+  </si>
+  <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/si-60968</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>Saint Lucia Bureau of Standards</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
+    <t>SLS 1625 : 2013</t>
+  </si>
+  <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>January 2022</t>
+  </si>
+  <si>
+    <t>Sri Lanka Sustainable Energy Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
+  </si>
+  <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Tubular Lamps</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2020</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
+  </si>
+  <si>
+    <t>Tuvalu Energy Efficiency Act of 2016</t>
+  </si>
+  <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
+    <t>Tuvalu</t>
+  </si>
+  <si>
+    <t>Tuvalu Ministry of Works, Water and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
-    <t>GS 324:2003</t>
-[...477 lines deleted...]
-  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
-    <t>VC 9091 Fluorescent Lamps</t>
-[...15 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1403,3123 +1024,1432 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N71"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2004</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>61</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>43</v>
+      </c>
+      <c r="F14" t="s">
+        <v>120</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
+        <v>129</v>
+      </c>
+      <c r="F15" t="s">
+        <v>130</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>60</v>
+      </c>
+      <c r="K15" t="s">
+        <v>131</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>132</v>
+      </c>
+      <c r="N15" t="s">
+        <v>133</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2006</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>77</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>138</v>
+      </c>
+      <c r="M16" t="s">
+        <v>61</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>144</v>
+      </c>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>150</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>68</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>151</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>152</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>153</v>
+      </c>
+      <c r="P18" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>157</v>
+      </c>
+      <c r="D19" t="s">
+        <v>93</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>163</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>164</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>165</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>168</v>
+      </c>
+      <c r="B21" t="s">
+        <v>169</v>
+      </c>
+      <c r="C21" t="s">
+        <v>170</v>
+      </c>
+      <c r="D21" t="s">
+        <v>171</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F21" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+      <c r="K21" t="s">
+        <v>172</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>173</v>
+      </c>
+      <c r="N21" t="s">
+        <v>133</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
+        <v>178</v>
+      </c>
+      <c r="E22" t="s">
+        <v>43</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>121</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>179</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>180</v>
+      </c>
+      <c r="P22" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" t="s">
+        <v>183</v>
+      </c>
+      <c r="C23" t="s">
+        <v>184</v>
+      </c>
+      <c r="D23" t="s">
+        <v>185</v>
+      </c>
+      <c r="E23" t="s">
+        <v>43</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>186</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>187</v>
+      </c>
+      <c r="M23" t="s">
+        <v>188</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>189</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" t="s">
+        <v>43</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>186</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>187</v>
+      </c>
+      <c r="M24" t="s">
+        <v>188</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" t="s">
+        <v>192</v>
+      </c>
+      <c r="C25" t="s">
+        <v>193</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>43</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>77</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>36</v>
+      </c>
+      <c r="M25" t="s">
+        <v>194</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>195</v>
+      </c>
+      <c r="P25" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>197</v>
+      </c>
+      <c r="B26" t="s">
+        <v>198</v>
+      </c>
+      <c r="C26" t="s">
+        <v>199</v>
+      </c>
+      <c r="D26" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>200</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>201</v>
+      </c>
+      <c r="M26" t="s">
+        <v>202</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>203</v>
+      </c>
+      <c r="P26" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>205</v>
+      </c>
+      <c r="B27" t="s">
+        <v>206</v>
+      </c>
+      <c r="C27" t="s">
+        <v>207</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>208</v>
+      </c>
+      <c r="N27" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O27" t="s">
+        <v>209</v>
+      </c>
+      <c r="P27" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>211</v>
+      </c>
+      <c r="B28" t="s">
+        <v>212</v>
+      </c>
+      <c r="C28" t="s">
+        <v>207</v>
+      </c>
+      <c r="D28" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...17 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...1057 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N28" t="s">
-        <v>159</v>
-[...467 lines deleted...]
-      <c r="A40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>213</v>
       </c>
-      <c r="B40" t="s">
+      <c r="P28" t="s">
         <v>214</v>
       </c>
-      <c r="C40" t="s">
-[...1348 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>