--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,1004 +12,660 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
+  </si>
+  <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Lighting Controls</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC3146-2017</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
+  </si>
+  <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
+  </si>
+  <si>
+    <t>Vanuatu Department of Energy, Mines and Minerals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
+  </si>
+  <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
+    <t>Fluorescent lamp Ballast Efficiency Factor</t>
+  </si>
+  <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>CNS 1375 CNS 691</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
+    <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
+    <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
+  </si>
+  <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
+    <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
+  </si>
+  <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
+    <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
+    <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>SLS 1200:2012</t>
+  </si>
+  <si>
+    <t>Sri Lanka Sustainable Energy Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
+  </si>
+  <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...38 lines deleted...]
-    <t>European Union</t>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
+  </si>
+  <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...236 lines deleted...]
-    <t>Lighting, Fluorescent and HID Lighting</t>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2025</t>
   </si>
   <si>
-    <t>The Standardization Administration of China</t>
-[...47 lines deleted...]
-    <t>Australia</t>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute (TISI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
+    <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
-    <t>AS/NZS 4783.1:2001</t>
-[...466 lines deleted...]
-  <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1273,2945 +929,1364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N67"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>101</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>103</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>128</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>75</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>75</v>
+      </c>
+      <c r="K18" t="s">
+        <v>135</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>136</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>142</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>102</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>143</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>153</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>136</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>86</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" t="s">
+        <v>84</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>86</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>159</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>164</v>
+      </c>
+      <c r="P23" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>170</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>171</v>
+      </c>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>169</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
+        <v>54</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>170</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>171</v>
+      </c>
+      <c r="M25" t="s">
+        <v>172</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>174</v>
+      </c>
+      <c r="P25"/>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>177</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>45</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
         <v>25</v>
       </c>
-    </row>
-[...171 lines deleted...]
-      <c r="A7" t="s">
+      <c r="M26" t="s">
+        <v>178</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>179</v>
+      </c>
+      <c r="P26" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>183</v>
+      </c>
+      <c r="D27" t="s">
         <v>53</v>
       </c>
-      <c r="B7" t="s">
-[...188 lines deleted...]
-      <c r="G11">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2011</v>
       </c>
-      <c r="H11">
-[...690 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>30</v>
+        <v>184</v>
       </c>
       <c r="K27" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="N27" t="s">
-        <v>153</v>
-[...378 lines deleted...]
-      <c r="B37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>186</v>
       </c>
-      <c r="C37" t="s">
-[...22 lines deleted...]
-      <c r="L37" t="s">
+      <c r="P27" t="s">
         <v>187</v>
       </c>
-      <c r="M37" t="s">
-[...1268 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>