--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,1473 +12,907 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...103 lines deleted...]
-    <t>China</t>
+    <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
+  </si>
+  <si>
+    <t>India</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>May 2021</t>
-[...172 lines deleted...]
-  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...129 lines deleted...]
-    <t>India</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...59 lines deleted...]
-    <t>Asia and Pacific, China</t>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
+  </si>
+  <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS IEC 60456:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>labeling for clothes washers</t>
+  </si>
+  <si>
+    <t>AS/NZS 2040.2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>MS 207</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
+  </si>
+  <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>PNS IEC 60456</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
-    <t>Quality Standard</t>
-[...465 lines deleted...]
-  <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
-    <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
+    <t>September 2022</t>
+  </si>
+  <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
-    <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/sello-fide-no-4115-domestic-clothes-washers</t>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
+  </si>
+  <si>
+    <t>March 2022</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
+    <t>Thailand Environment Institute (TEI)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
-    <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
+    <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
+  </si>
+  <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
+    <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
-    <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...56 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1742,4409 +1176,1802 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N101"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="240.513" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>75</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1984</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>58</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
+        <v>42</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>64</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...502 lines deleted...]
-      <c r="K14"/>
       <c r="L14"/>
       <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...25 lines deleted...]
-      <c r="H15">
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1990</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1990</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>85</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>146</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>152</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>154</v>
+      </c>
+      <c r="F20" t="s">
+        <v>155</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" t="s">
+        <v>75</v>
+      </c>
+      <c r="F21" t="s">
+        <v>155</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>156</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>75</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>85</v>
+      </c>
+      <c r="K22" t="s">
+        <v>44</v>
+      </c>
+      <c r="L22" t="s">
+        <v>165</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D23" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" t="s">
+        <v>42</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2013</v>
       </c>
-      <c r="I15" t="s">
-[...11 lines deleted...]
-      <c r="M15" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...38 lines deleted...]
-      <c r="M16" t="s">
+      <c r="L23" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" t="s">
+        <v>173</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D24" t="s">
+        <v>179</v>
+      </c>
+      <c r="E24" t="s">
+        <v>75</v>
+      </c>
+      <c r="F24" t="s">
+        <v>76</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>44</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D25" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...36 lines deleted...]
-      <c r="M17" t="s">
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>58</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>194</v>
+      </c>
+      <c r="G26" t="s">
+        <v>195</v>
+      </c>
+      <c r="H26">
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>196</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...22 lines deleted...]
-      <c r="G18">
+      <c r="L26" t="s">
+        <v>197</v>
+      </c>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>203</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>42</v>
+      </c>
+      <c r="G27" t="s">
+        <v>195</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H18"/>
-[...10 lines deleted...]
-      <c r="M18" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>186</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...36 lines deleted...]
-      <c r="M19" t="s">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>204</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>210</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...384 lines deleted...]
-      <c r="K28"/>
       <c r="L28" t="s">
-        <v>163</v>
+        <v>211</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>212</v>
       </c>
       <c r="N28" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>165</v>
+        <v>215</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>216</v>
       </c>
       <c r="C29" t="s">
-        <v>57</v>
+        <v>209</v>
       </c>
       <c r="D29" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="E29" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="K29" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>166</v>
+        <v>217</v>
       </c>
       <c r="M29" t="s">
+        <v>212</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>218</v>
+      </c>
+      <c r="P29" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>220</v>
+      </c>
+      <c r="B30" t="s">
+        <v>221</v>
+      </c>
+      <c r="C30" t="s">
+        <v>222</v>
+      </c>
+      <c r="D30" t="s">
+        <v>223</v>
+      </c>
+      <c r="E30" t="s">
+        <v>75</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>180</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N29" t="s">
-[...39 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
+        <v>224</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>230</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>42</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>77</v>
+      </c>
+      <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="N30" t="s">
-[...10 lines deleted...]
-      <c r="C31" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>231</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>232</v>
+      </c>
+      <c r="P31" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>234</v>
+      </c>
+      <c r="B32" t="s">
+        <v>235</v>
+      </c>
+      <c r="C32" t="s">
+        <v>229</v>
+      </c>
+      <c r="D32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>77</v>
+      </c>
+      <c r="K32" t="s">
+        <v>44</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>231</v>
+      </c>
+      <c r="N32" t="s">
+        <v>237</v>
+      </c>
+      <c r="O32" t="s">
+        <v>238</v>
+      </c>
+      <c r="P32" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>240</v>
+      </c>
+      <c r="B33" t="s">
+        <v>241</v>
+      </c>
+      <c r="C33" t="s">
+        <v>152</v>
+      </c>
+      <c r="D33" t="s">
+        <v>130</v>
+      </c>
+      <c r="E33" t="s">
+        <v>75</v>
+      </c>
+      <c r="F33" t="s">
         <v>76</v>
       </c>
-      <c r="D31" t="s">
-[...97 lines deleted...]
-        <v>1989</v>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>29</v>
+        <v>242</v>
       </c>
       <c r="K33" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>60</v>
+        <v>243</v>
       </c>
       <c r="M33" t="s">
+        <v>244</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>245</v>
+      </c>
+      <c r="P33" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>247</v>
+      </c>
+      <c r="B34" t="s">
+        <v>248</v>
+      </c>
+      <c r="C34" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>33</v>
+      </c>
+      <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="N33" t="s">
-[...4 lines deleted...]
-      <c r="A34" t="s">
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>249</v>
+      </c>
+      <c r="P34" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>253</v>
+      </c>
+      <c r="E35" t="s">
+        <v>75</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>254</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>66</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>255</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>256</v>
+      </c>
+      <c r="P35" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" t="s">
+        <v>259</v>
+      </c>
+      <c r="C36" t="s">
+        <v>260</v>
+      </c>
+      <c r="D36" t="s">
         <v>179</v>
       </c>
-      <c r="B34" t="s">
-[...36 lines deleted...]
-      <c r="A35" t="s">
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>65</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>186</v>
       </c>
-      <c r="B35" t="s">
-[...30 lines deleted...]
-      <c r="M35" t="s">
+      <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="N35" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L36" t="s">
-        <v>194</v>
+        <v>261</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>262</v>
       </c>
       <c r="N36" t="s">
-        <v>195</v>
-[...768 lines deleted...]
-      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
         <v>263</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" t="s">
+      <c r="P36" t="s">
         <v>264</v>
       </c>
-      <c r="B55" t="s">
-[...1987 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>