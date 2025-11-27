--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,456 +12,472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
-    <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
+  </si>
+  <si>
+    <t>Apply to sealed insulating glass unit</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
+    <t>Windows, Insulations</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>CQC 3117-2020</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
+    <t>United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>CQC 3118-2011</t>
-[...70 lines deleted...]
-  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
   </si>
   <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -725,1039 +741,874 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="582.715" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>69</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
         <v>2011</v>
       </c>
-      <c r="H3">
-[...14 lines deleted...]
-      <c r="M3" t="s">
+      <c r="J15" t="s">
+        <v>96</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F16" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>96</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...791 lines deleted...]
-        <v>120</v>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>