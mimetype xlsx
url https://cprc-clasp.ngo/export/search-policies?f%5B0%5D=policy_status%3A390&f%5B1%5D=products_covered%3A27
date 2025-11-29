--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,664 +12,432 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...26 lines deleted...]
-    <t>December 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...22 lines deleted...]
-    <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
-    <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
-[...2 lines deleted...]
-    <t>United Kingdom</t>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Other</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
-[...23 lines deleted...]
-    <t>Other</t>
+    <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
-    <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>GB 20052-2020</t>
-[...8 lines deleted...]
-    <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
+    <t>GB/T 17467-2020</t>
+  </si>
+  <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
+    <t>CQC3166-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
+    <t>CQC3167-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
+    <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
+  </si>
+  <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
+    <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
+  </si>
+  <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 19774; GB/T 24499</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
-[...56 lines deleted...]
-    <t>India</t>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...130 lines deleted...]
-    <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
-    <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
-    <t>MEPS for Transformer</t>
-[...92 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -933,1721 +701,724 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="226.373" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...33 lines deleted...]
-      <c r="L3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-    </row>
-[...46 lines deleted...]
-      <c r="B5" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="C5" t="s">
-[...38 lines deleted...]
-      <c r="B6" t="s">
+      <c r="E7" t="s">
         <v>49</v>
       </c>
-      <c r="C6" t="s">
-[...17 lines deleted...]
-      <c r="I6" t="s">
+      <c r="F7" t="s">
         <v>50</v>
       </c>
-      <c r="J6" t="s">
-[...31 lines deleted...]
-        <v>2015</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
         <v>52</v>
-      </c>
-[...2 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N7" t="s">
         <v>53</v>
       </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...21 lines deleted...]
-        <v>57</v>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>53</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...25 lines deleted...]
-      <c r="J9" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>53</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...5 lines deleted...]
-        <v>60</v>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>53</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...3 lines deleted...]
-      <c r="B10" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
         <v>42</v>
       </c>
-      <c r="C10" t="s">
-[...17 lines deleted...]
-      <c r="I10" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>43</v>
+      </c>
+      <c r="K13" t="s">
         <v>44</v>
       </c>
-      <c r="J10" t="s">
-[...138 lines deleted...]
-      </c>
+      <c r="L13"/>
+      <c r="M13"/>
       <c r="N13" t="s">
-        <v>76</v>
-[...248 lines deleted...]
-      <c r="L19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>104</v>
       </c>
-      <c r="M19" t="s">
-[...2 lines deleted...]
-      <c r="N19" t="s">
+      <c r="P13" t="s">
         <v>105</v>
-      </c>
-[...804 lines deleted...]
-        <v>188</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>