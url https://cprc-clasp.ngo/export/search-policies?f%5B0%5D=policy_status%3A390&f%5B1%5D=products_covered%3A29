--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -984,50 +984,53 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
     <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
     <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
@@ -1053,51 +1056,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Reflectors for HID Lamps</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Metal-Halide Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
@@ -1586,51 +1589,51 @@
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -1669,53 +1672,50 @@
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
@@ -2743,60 +2743,60 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -5159,1910 +5159,1910 @@
       </c>
       <c r="P50" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>319</v>
       </c>
       <c r="B51" t="s">
         <v>86</v>
       </c>
       <c r="C51" t="s">
         <v>72</v>
       </c>
       <c r="D51" t="s">
         <v>73</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>33</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="H51">
         <v>2020</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>74</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
         <v>87</v>
       </c>
       <c r="M51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C52" t="s">
         <v>72</v>
       </c>
       <c r="D52" t="s">
         <v>92</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>33</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>74</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>87</v>
       </c>
       <c r="M52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C53" t="s">
         <v>103</v>
       </c>
       <c r="D53" t="s">
         <v>73</v>
       </c>
       <c r="E53" t="s">
         <v>47</v>
       </c>
       <c r="F53" t="s">
         <v>120</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>104</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>239</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C54" t="s">
         <v>103</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>47</v>
       </c>
       <c r="F54" t="s">
         <v>120</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>104</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>239</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B55" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C55" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>33</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2015</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="M55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C56" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>47</v>
       </c>
       <c r="F56" t="s">
         <v>120</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>34</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P56" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B57" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C57" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D57" t="s">
         <v>19</v>
       </c>
       <c r="E57" t="s">
         <v>47</v>
       </c>
       <c r="F57" t="s">
         <v>120</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>34</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P57" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C58" t="s">
         <v>199</v>
       </c>
       <c r="D58" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>113</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2021</v>
       </c>
       <c r="I58">
         <v>2024</v>
       </c>
       <c r="J58" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="M58" t="s">
         <v>202</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P58" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B59" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C59" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D59" t="s">
         <v>73</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2016</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B60" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C60" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D60" t="s">
         <v>310</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>113</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2009</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>316</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M60" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P60" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B61" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C61" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D61" t="s">
         <v>19</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>113</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2004</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>316</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M61" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
       <c r="O61" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P61" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C62" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D62" t="s">
         <v>41</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>113</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2004</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>316</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M62" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="P62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B63" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C63" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>33</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>66</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
       <c r="O63" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P63" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B64" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C64" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2022</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P64" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B65" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C65" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D65" t="s">
         <v>73</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>33</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2022</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B66" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C66" t="s">
         <v>31</v>
       </c>
       <c r="D66" t="s">
         <v>310</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>33</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2002</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>104</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>36</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P66" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D67" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>33</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2018</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>201</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M67" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N67" t="s">
         <v>26</v>
       </c>
       <c r="O67" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="P67" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B68" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C68" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D68" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>33</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2018</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>201</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="M68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C69" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D69" t="s">
         <v>19</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>33</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2018</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>201</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="M69" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P69" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B70" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C70" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D70" t="s">
         <v>41</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>33</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2018</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>201</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M70" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P70" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B71" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C71" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D71" t="s">
         <v>19</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>33</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>23</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
         <v>103</v>
       </c>
       <c r="D72" t="s">
         <v>19</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>208</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>106</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P72" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
         <v>103</v>
       </c>
       <c r="D73" t="s">
         <v>310</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>33</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2009</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>208</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>106</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P73" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B74"/>
       <c r="C74" t="s">
         <v>103</v>
       </c>
       <c r="D74" t="s">
         <v>19</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>33</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>208</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>106</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
       <c r="O74" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P74" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B75"/>
       <c r="C75" t="s">
         <v>103</v>
       </c>
       <c r="D75" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>33</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>208</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>106</v>
       </c>
       <c r="N75" t="s">
         <v>26</v>
       </c>
       <c r="O75" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P75" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B76"/>
       <c r="C76" t="s">
         <v>103</v>
       </c>
       <c r="D76" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>33</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2010</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>208</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>106</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P76" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B77" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C77" t="s">
         <v>284</v>
       </c>
       <c r="D77" t="s">
         <v>285</v>
       </c>
       <c r="E77" t="s">
         <v>47</v>
       </c>
       <c r="F77" t="s">
         <v>33</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2013</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>48</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>287</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
       <c r="O77" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="P77" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B78" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C78" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D78" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>113</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>208</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P78" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B79" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C79" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D79" t="s">
         <v>41</v>
       </c>
       <c r="E79" t="s">
         <v>47</v>
       </c>
       <c r="F79" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2015</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P79" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B80" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C80" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D80" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E80" t="s">
         <v>47</v>
       </c>
       <c r="F80" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2015</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N80" t="s">
         <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P80" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B81" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C81" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D81" t="s">
         <v>19</v>
       </c>
       <c r="E81" t="s">
         <v>47</v>
       </c>
       <c r="F81" t="s">
         <v>33</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2015</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="P81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B82" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C82" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D82" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E82" t="s">
         <v>47</v>
       </c>
       <c r="F82" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2015</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B83" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C83" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D83" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E83" t="s">
         <v>47</v>
       </c>
       <c r="F83" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2015</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P83" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B84" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C84" t="s">
         <v>304</v>
       </c>
       <c r="D84" t="s">
         <v>19</v>
       </c>
       <c r="E84" t="s">
         <v>47</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2011</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>104</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="P84" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B85" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C85" t="s">
         <v>304</v>
       </c>
       <c r="D85" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E85" t="s">
         <v>47</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>104</v>
       </c>
       <c r="K85" t="s">
         <v>286</v>
       </c>
       <c r="L85" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M85" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P85" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B86" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C86" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D86" t="s">
         <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>33</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P86" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B87" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C87" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D87" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E87" t="s">
         <v>47</v>
       </c>
       <c r="F87" t="s">
         <v>113</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2014</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>66</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="M87" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="P87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B88" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C88" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D88" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E88" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F88" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2023</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>201</v>
       </c>
       <c r="K88" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N88" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O88" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="P88" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B89" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C89" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D89" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>113</v>
       </c>
       <c r="G89" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H89">
         <v>2024</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M89" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P89" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B90" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C90" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D90" t="s">
         <v>244</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>113</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2024</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="M90" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P90" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B91" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C91" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="D91" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2018</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>528</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
         <v>529</v>
       </c>
       <c r="M91" t="s">
         <v>530</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
         <v>531</v>
@@ -7201,79 +7201,79 @@
       </c>
       <c r="L94" t="s">
         <v>550</v>
       </c>
       <c r="M94" t="s">
         <v>545</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
         <v>551</v>
       </c>
       <c r="P94" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>553</v>
       </c>
       <c r="B95" t="s">
         <v>554</v>
       </c>
       <c r="C95" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D95" t="s">
         <v>32</v>
       </c>
       <c r="E95" t="s">
         <v>47</v>
       </c>
       <c r="F95" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="G95" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H95">
         <v>2014</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>201</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
         <v>555</v>
       </c>
       <c r="M95" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
         <v>556</v>
       </c>
       <c r="P95" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>558</v>
       </c>
       <c r="B96" t="s">
         <v>559</v>
       </c>
       <c r="C96" t="s">
         <v>199</v>
       </c>
       <c r="D96" t="s">
         <v>310</v>
       </c>
       <c r="E96" t="s">
@@ -7391,70 +7391,70 @@
       </c>
       <c r="L98" t="s">
         <v>569</v>
       </c>
       <c r="M98" t="s">
         <v>202</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
         <v>570</v>
       </c>
       <c r="P98" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>571</v>
       </c>
       <c r="B99" t="s">
         <v>572</v>
       </c>
       <c r="C99" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D99" t="s">
         <v>73</v>
       </c>
       <c r="E99" t="s">
         <v>47</v>
       </c>
       <c r="F99" t="s">
         <v>120</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2018</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
         <v>573</v>
       </c>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
         <v>574</v>
       </c>
       <c r="P99" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>576</v>
       </c>
       <c r="B100" t="s">
         <v>577</v>
       </c>
@@ -7486,51 +7486,51 @@
       <c r="L100"/>
       <c r="M100" t="s">
         <v>578</v>
       </c>
       <c r="N100" t="s">
         <v>26</v>
       </c>
       <c r="O100" t="s">
         <v>579</v>
       </c>
       <c r="P100" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>581</v>
       </c>
       <c r="B101" t="s">
         <v>582</v>
       </c>
       <c r="C101" t="s">
         <v>315</v>
       </c>
       <c r="D101" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>113</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2015</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>34</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>583</v>
       </c>
       <c r="M101" t="s">
         <v>578</v>
@@ -7552,106 +7552,106 @@
       <c r="B102" t="s">
         <v>587</v>
       </c>
       <c r="C102" t="s">
         <v>588</v>
       </c>
       <c r="D102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
         <v>589</v>
       </c>
       <c r="M102" t="s">
         <v>590</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
         <v>591</v>
       </c>
       <c r="P102" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>593</v>
       </c>
       <c r="B103" t="s">
         <v>594</v>
       </c>
       <c r="C103" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D103" t="s">
         <v>595</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2018</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>66</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
       <c r="O103" t="s">
         <v>596</v>
       </c>
       <c r="P103" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>598</v>
       </c>
       <c r="B104" t="s">
         <v>599</v>
       </c>
       <c r="C104" t="s">
         <v>103</v>
       </c>
       <c r="D104" t="s">
         <v>19</v>
       </c>
       <c r="E104" t="s">
@@ -7908,51 +7908,51 @@
       <c r="L109"/>
       <c r="M109" t="s">
         <v>625</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
       <c r="O109" t="s">
         <v>626</v>
       </c>
       <c r="P109" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>628</v>
       </c>
       <c r="B110" t="s">
         <v>629</v>
       </c>
       <c r="C110" t="s">
         <v>624</v>
       </c>
       <c r="D110" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>33</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2011</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>66</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>625</v>
       </c>
       <c r="N110" t="s">
@@ -7970,51 +7970,51 @@
         <v>632</v>
       </c>
       <c r="B111" t="s">
         <v>632</v>
       </c>
       <c r="C111" t="s">
         <v>633</v>
       </c>
       <c r="D111" t="s">
         <v>310</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>113</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2012</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
         <v>634</v>
       </c>
       <c r="M111" t="s">
         <v>635</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
         <v>636</v>
       </c>
       <c r="P111" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>638</v>
       </c>
       <c r="B112" t="s">
@@ -8064,51 +8064,51 @@
         <v>643</v>
       </c>
       <c r="B113" t="s">
         <v>644</v>
       </c>
       <c r="C113" t="s">
         <v>535</v>
       </c>
       <c r="D113" t="s">
         <v>73</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>33</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2012</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
         <v>645</v>
       </c>
       <c r="M113" t="s">
         <v>538</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
         <v>646</v>
       </c>
       <c r="P113" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>648</v>
       </c>
       <c r="B114" t="s">
@@ -8168,51 +8168,51 @@
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2017</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>208</v>
       </c>
       <c r="K115" t="s">
         <v>286</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>652</v>
       </c>
       <c r="N115" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O115" t="s">
         <v>658</v>
       </c>
       <c r="P115" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
         <v>660</v>
       </c>
       <c r="B116" t="s">
         <v>661</v>
       </c>
       <c r="C116" t="s">
         <v>187</v>
       </c>
       <c r="D116" t="s">
         <v>81</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
@@ -8440,179 +8440,179 @@
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>113</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2016</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>689</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>690</v>
       </c>
       <c r="N121" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O121" t="s">
         <v>691</v>
       </c>
       <c r="P121" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
         <v>693</v>
       </c>
       <c r="B122" t="s">
         <v>694</v>
       </c>
       <c r="C122" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D122" t="s">
         <v>695</v>
       </c>
       <c r="E122" t="s">
         <v>47</v>
       </c>
       <c r="F122" t="s">
         <v>33</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2013</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
         <v>696</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
         <v>697</v>
       </c>
       <c r="P122" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>699</v>
       </c>
       <c r="B123" t="s">
         <v>700</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D123" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E123" t="s">
         <v>47</v>
       </c>
       <c r="F123" t="s">
         <v>33</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2014</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>696</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
       <c r="O123" t="s">
         <v>701</v>
       </c>
       <c r="P123" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>703</v>
       </c>
       <c r="B124" t="s">
         <v>704</v>
       </c>
       <c r="C124" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D124" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>33</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2017</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>696</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
         <v>705</v>
       </c>
       <c r="P124" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
         <v>707</v>
       </c>
       <c r="B125" t="s">
         <v>708</v>
       </c>
@@ -8834,51 +8834,51 @@
       </c>
       <c r="M129" t="s">
         <v>725</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
         <v>731</v>
       </c>
       <c r="P129" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>733</v>
       </c>
       <c r="B130" t="s">
         <v>734</v>
       </c>
       <c r="C130" t="s">
         <v>723</v>
       </c>
       <c r="D130" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>33</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2007</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>23</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
         <v>730</v>
       </c>
       <c r="M130" t="s">
         <v>725</v>