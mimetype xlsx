--- v0 (2025-10-13)
+++ v1 (2026-01-25)
@@ -12,624 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
-[...2 lines deleted...]
-    <t>European Union</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Computers</t>
+  </si>
+  <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...29 lines deleted...]
-    <t>Minimum Performance Standard</t>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MEPS for Computers</t>
+  </si>
+  <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-computers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Computers</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Schedule 14 - Laptop/Notebook Computers</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
+    <t>India</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>JIS C 9612:2013 (Air Conditioners)
-[...100 lines deleted...]
-    <t>Germany</t>
+    <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
+    <t>SLS 1580 Minimum energy performance for computers</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>Umweltbundesamt -Federal Environment Agency</t>
-[...272 lines deleted...]
-  <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
-    <t>TCVN 11848:2021 - Notebook computers</t>
-[...51 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -893,1593 +647,626 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="606.281" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
       </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...27 lines deleted...]
-      <c r="J3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...57 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1987</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>41</v>
       </c>
-      <c r="B5" t="s">
-[...26 lines deleted...]
-      <c r="K5"/>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...7 lines deleted...]
-        <v>49</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...36 lines deleted...]
-        <v>50</v>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...40 lines deleted...]
-        <v>55</v>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...18 lines deleted...]
-      <c r="G9">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2011</v>
       </c>
-      <c r="H9">
-[...16 lines deleted...]
-        <v>62</v>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...41 lines deleted...]
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
-        <v>72</v>
-[...224 lines deleted...]
-      <c r="B17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
-[...22 lines deleted...]
-      <c r="L17" t="s">
+      <c r="P11" t="s">
         <v>95</v>
-      </c>
-[...768 lines deleted...]
-        <v>173</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>