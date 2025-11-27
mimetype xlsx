--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,2013 +12,1441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
+  </si>
+  <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...23 lines deleted...]
-    <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>BDS ISO 5151:2011</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
+  </si>
+  <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...68 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>April 2025</t>
-[...120 lines deleted...]
-  <si>
     <t>May 2021</t>
   </si>
   <si>
-    <t>GB/T 7725-2004 GB 12021.3-2010</t>
-[...107 lines deleted...]
-    <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
+    <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
-    <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
   </si>
   <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
-[...8 lines deleted...]
-    <t>Comparative Label, Endorsement Label</t>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>Department Circular No. DC 2020-06-0016</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
-    <t>Ministry of Industry and Trade (MOIT)</t>
-[...13 lines deleted...]
-  <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
-[...43 lines deleted...]
-  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label - Air Conditioners</t>
-[...30 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
   </si>
   <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>IS 1391 (part II)</t>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
-[...28 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
-    <t>Energy Saving Labeling Program - Air Conditioners</t>
-[...35 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
-    <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
-    <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>Bureau of Standards Jamaica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
+  </si>
+  <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
+    <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
-  </si>
-[...217 lines deleted...]
-    <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Split Type Air-Conditioners</t>
-[...9 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
-    <t>MEPS for Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
-    <t>MEPS for casement and window air-conditioners</t>
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...10 lines deleted...]
-  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>August 2018</t>
+  </si>
+  <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
-    <t>MME Resolution No. 1 of 29 April 2022</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI-2017</t>
-[...16 lines deleted...]
-  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
-[...20 lines deleted...]
-    <t>Provision No 859 del 11|11|2008</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
+  </si>
+  <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
+  </si>
+  <si>
+    <t>Ministerio de Poder Popular para la Energia Electrica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 104:2017</t>
+  </si>
+  <si>
+    <t>National Energy Secretariat of Panama</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
+  </si>
+  <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
+    <t>Resolution No.115: ductless split type air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 103:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.116: room-type air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 102:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.117: central, packaged and split air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 101:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
-[...83 lines deleted...]
-    <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
+    <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>RTE INEN 072</t>
+  </si>
+  <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
+    <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>National Energy Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
+    <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
+    <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
+    <t>Kingdom of Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Saudi Standard, Metrology and Quality Organization</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Ministry of National Infrastructures, Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>Saint Lucia Bureau of Standards</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
+    <t>Saint Lucia Bureau of Standards (SLBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Sri Lanka Sustainable Energy Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
+  </si>
+  <si>
+    <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
+  </si>
+  <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
+    <t>Thai Industrial Standards Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
-    <t>Etiquetado Energetico Colombia</t>
-[...365 lines deleted...]
-  <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
-    <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
+    <t>Heat Pumps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2282,6371 +1710,3200 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N148"/>
+  <dimension ref="A1:P66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...52 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>62</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...28 lines deleted...]
-      <c r="H4">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...105 lines deleted...]
-      <c r="A7" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>52</v>
+      </c>
+      <c r="N8" t="s">
+        <v>62</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7" t="s">
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>51</v>
       </c>
-      <c r="F7" t="s">
-[...8 lines deleted...]
-      <c r="I7" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>52</v>
       </c>
-      <c r="J7" t="s">
-[...138 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>82</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="K11" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>82</v>
       </c>
-      <c r="B12" t="s">
-[...56 lines deleted...]
-      <c r="G13">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>102</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2023</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>140</v>
+      </c>
+      <c r="E18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2022</v>
+      </c>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>157</v>
+      </c>
+      <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="H13"/>
-[...286 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K20"/>
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>158</v>
+      </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N20" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="B21" t="s">
-        <v>97</v>
+        <v>163</v>
       </c>
       <c r="C21" t="s">
-        <v>117</v>
+        <v>164</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>125</v>
+      </c>
+      <c r="M21" t="s">
+        <v>165</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>170</v>
+      </c>
+      <c r="D22" t="s">
+        <v>171</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>172</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>173</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>174</v>
+      </c>
+      <c r="P22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>179</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>180</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>179</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>185</v>
+      </c>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>100</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>190</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>195</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>196</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>197</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>198</v>
+      </c>
+      <c r="M26" t="s">
+        <v>199</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>200</v>
+      </c>
+      <c r="P26" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
+        <v>203</v>
+      </c>
+      <c r="C27" t="s">
+        <v>204</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>90</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>149</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>211</v>
+      </c>
+      <c r="D28" t="s">
+        <v>32</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>82</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>212</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
+        <v>216</v>
+      </c>
+      <c r="C29" t="s">
         <v>18</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21">
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30" t="s">
+        <v>221</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>149</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>222</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>223</v>
+      </c>
+      <c r="P30" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>225</v>
+      </c>
+      <c r="B31" t="s">
+        <v>226</v>
+      </c>
+      <c r="C31" t="s">
+        <v>156</v>
+      </c>
+      <c r="D31" t="s">
+        <v>157</v>
+      </c>
+      <c r="E31" t="s">
+        <v>90</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>159</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>227</v>
+      </c>
+      <c r="P31" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>228</v>
+      </c>
+      <c r="B32" t="s">
+        <v>229</v>
+      </c>
+      <c r="C32" t="s">
+        <v>230</v>
+      </c>
+      <c r="D32" t="s">
+        <v>231</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>82</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>149</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>232</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>233</v>
+      </c>
+      <c r="P32" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>235</v>
+      </c>
+      <c r="B33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>237</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>238</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>239</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>240</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>241</v>
+      </c>
+      <c r="P33" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>243</v>
+      </c>
+      <c r="B34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C34" t="s">
+        <v>245</v>
+      </c>
+      <c r="D34" t="s">
+        <v>246</v>
+      </c>
+      <c r="E34" t="s">
+        <v>90</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2012</v>
       </c>
-      <c r="H21"/>
-[...169 lines deleted...]
-      <c r="H25">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>247</v>
+      </c>
+      <c r="K34" t="s">
+        <v>158</v>
+      </c>
+      <c r="L34" t="s">
+        <v>248</v>
+      </c>
+      <c r="M34" t="s">
+        <v>249</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>250</v>
+      </c>
+      <c r="P34" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>252</v>
+      </c>
+      <c r="B35" t="s">
+        <v>253</v>
+      </c>
+      <c r="C35" t="s">
+        <v>254</v>
+      </c>
+      <c r="D35" t="s">
+        <v>255</v>
+      </c>
+      <c r="E35" t="s">
+        <v>256</v>
+      </c>
+      <c r="F35" t="s">
+        <v>257</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2023</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>109</v>
+      </c>
+      <c r="K35" t="s">
+        <v>258</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>259</v>
+      </c>
+      <c r="N35" t="s">
+        <v>62</v>
+      </c>
+      <c r="O35" t="s">
+        <v>260</v>
+      </c>
+      <c r="P35" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>262</v>
+      </c>
+      <c r="B36" t="s">
+        <v>263</v>
+      </c>
+      <c r="C36" t="s">
+        <v>164</v>
+      </c>
+      <c r="D36" t="s">
+        <v>264</v>
+      </c>
+      <c r="E36" t="s">
+        <v>90</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>265</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>165</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>266</v>
+      </c>
+      <c r="P36" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>267</v>
+      </c>
+      <c r="B37" t="s">
+        <v>268</v>
+      </c>
+      <c r="C37" t="s">
+        <v>269</v>
+      </c>
+      <c r="D37" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>100</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>270</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>271</v>
+      </c>
+      <c r="P37" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>273</v>
+      </c>
+      <c r="B38" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" t="s">
+        <v>254</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>82</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2024</v>
+      </c>
+      <c r="J38" t="s">
+        <v>275</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>276</v>
+      </c>
+      <c r="M38" t="s">
+        <v>259</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>277</v>
+      </c>
+      <c r="P38" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>279</v>
+      </c>
+      <c r="B39" t="s">
+        <v>280</v>
+      </c>
+      <c r="C39" t="s">
+        <v>281</v>
+      </c>
+      <c r="D39" t="s">
+        <v>32</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>179</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>282</v>
+      </c>
+      <c r="M39" t="s">
+        <v>283</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P39" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>286</v>
+      </c>
+      <c r="B40" t="s">
+        <v>287</v>
+      </c>
+      <c r="C40" t="s">
+        <v>288</v>
+      </c>
+      <c r="D40" t="s">
+        <v>32</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>82</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>179</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>289</v>
+      </c>
+      <c r="M40" t="s">
+        <v>290</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>291</v>
+      </c>
+      <c r="P40" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>293</v>
+      </c>
+      <c r="B41" t="s">
+        <v>294</v>
+      </c>
+      <c r="C41" t="s">
+        <v>281</v>
+      </c>
+      <c r="D41" t="s">
+        <v>32</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2018</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>295</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>296</v>
+      </c>
+      <c r="M41" t="s">
+        <v>297</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>298</v>
+      </c>
+      <c r="P41" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>300</v>
+      </c>
+      <c r="B42" t="s">
+        <v>301</v>
+      </c>
+      <c r="C42" t="s">
+        <v>302</v>
+      </c>
+      <c r="D42" t="s">
+        <v>32</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>82</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2019</v>
       </c>
-      <c r="I25" t="s">
-[...725 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="K42" t="s">
-        <v>223</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>213</v>
+        <v>303</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N42" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>305</v>
+      </c>
+      <c r="P42" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>225</v>
+        <v>307</v>
       </c>
       <c r="B43" t="s">
-        <v>226</v>
+        <v>308</v>
       </c>
       <c r="C43" t="s">
-        <v>227</v>
+        <v>302</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E43" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>82</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="K43"/>
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
       <c r="L43" t="s">
-        <v>228</v>
+        <v>309</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>310</v>
+      </c>
+      <c r="P43" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>230</v>
+        <v>311</v>
       </c>
       <c r="B44" t="s">
-        <v>231</v>
+        <v>312</v>
       </c>
       <c r="C44" t="s">
-        <v>232</v>
+        <v>302</v>
       </c>
       <c r="D44" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E44" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>64</v>
-[...7 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>313</v>
+      </c>
+      <c r="M44" t="s">
+        <v>304</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>314</v>
+      </c>
+      <c r="P44" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>315</v>
+      </c>
+      <c r="B45" t="s">
+        <v>316</v>
+      </c>
+      <c r="C45" t="s">
+        <v>302</v>
+      </c>
+      <c r="D45" t="s">
+        <v>32</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>82</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2019</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>317</v>
+      </c>
+      <c r="M45" t="s">
+        <v>304</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>318</v>
+      </c>
+      <c r="P45" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>319</v>
+      </c>
+      <c r="B46" t="s">
+        <v>320</v>
+      </c>
+      <c r="C46" t="s">
+        <v>321</v>
+      </c>
+      <c r="D46" t="s">
+        <v>32</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>141</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>322</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>323</v>
+      </c>
+      <c r="P46" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>325</v>
+      </c>
+      <c r="B47" t="s">
+        <v>326</v>
+      </c>
+      <c r="C47" t="s">
+        <v>327</v>
+      </c>
+      <c r="D47" t="s">
+        <v>32</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>82</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>328</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>329</v>
+      </c>
+      <c r="P47" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>325</v>
+      </c>
+      <c r="B48" t="s">
+        <v>188</v>
+      </c>
+      <c r="C48" t="s">
+        <v>327</v>
+      </c>
+      <c r="D48" t="s">
+        <v>32</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>82</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>328</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>331</v>
+      </c>
+      <c r="P48" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>333</v>
+      </c>
+      <c r="B49" t="s">
+        <v>334</v>
+      </c>
+      <c r="C49" t="s">
+        <v>335</v>
+      </c>
+      <c r="D49" t="s">
+        <v>264</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>82</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2019</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>336</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>337</v>
+      </c>
+      <c r="P49" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>339</v>
+      </c>
+      <c r="B50" t="s">
+        <v>340</v>
+      </c>
+      <c r="C50" t="s">
+        <v>335</v>
+      </c>
+      <c r="D50" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>82</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2019</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>336</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>341</v>
+      </c>
+      <c r="P50" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>343</v>
+      </c>
+      <c r="B51" t="s">
+        <v>344</v>
+      </c>
+      <c r="C51" t="s">
+        <v>335</v>
+      </c>
+      <c r="D51" t="s">
+        <v>32</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>82</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2019</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>336</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>345</v>
+      </c>
+      <c r="P51" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>348</v>
+      </c>
+      <c r="C52" t="s">
+        <v>349</v>
+      </c>
+      <c r="D52" t="s">
+        <v>350</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K44"/>
-[...48 lines deleted...]
-      <c r="N45" t="s">
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2018</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>43</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>351</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>352</v>
+      </c>
+      <c r="P52" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>354</v>
+      </c>
+      <c r="B53" t="s">
+        <v>355</v>
+      </c>
+      <c r="C53" t="s">
+        <v>356</v>
+      </c>
+      <c r="D53" t="s">
+        <v>357</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>100</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>358</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>359</v>
+      </c>
+      <c r="P53" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>361</v>
+      </c>
+      <c r="B54" t="s">
+        <v>362</v>
+      </c>
+      <c r="C54" t="s">
+        <v>363</v>
+      </c>
+      <c r="D54" t="s">
+        <v>264</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>82</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2004</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>149</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>364</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>365</v>
+      </c>
+      <c r="P54" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>367</v>
+      </c>
+      <c r="B55" t="s">
+        <v>368</v>
+      </c>
+      <c r="C55" t="s">
+        <v>369</v>
+      </c>
+      <c r="D55" t="s">
+        <v>32</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2016</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>43</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>370</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>371</v>
+      </c>
+      <c r="P55" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>373</v>
+      </c>
+      <c r="B56" t="s">
+        <v>374</v>
+      </c>
+      <c r="C56" t="s">
+        <v>369</v>
+      </c>
+      <c r="D56" t="s">
+        <v>32</v>
+      </c>
+      <c r="E56" t="s">
+        <v>90</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>149</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>375</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>376</v>
+      </c>
+      <c r="P56" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>377</v>
+      </c>
+      <c r="B57" t="s">
+        <v>377</v>
+      </c>
+      <c r="C57" t="s">
+        <v>378</v>
+      </c>
+      <c r="D57" t="s">
+        <v>32</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>82</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>379</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>380</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>381</v>
+      </c>
+      <c r="P57" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>383</v>
+      </c>
+      <c r="B58" t="s">
+        <v>384</v>
+      </c>
+      <c r="C58" t="s">
+        <v>385</v>
+      </c>
+      <c r="D58" t="s">
+        <v>386</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2017</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>149</v>
+      </c>
+      <c r="K58" t="s">
+        <v>158</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>387</v>
+      </c>
+      <c r="N58" t="s">
+        <v>62</v>
+      </c>
+      <c r="O58" t="s">
+        <v>388</v>
+      </c>
+      <c r="P58" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>390</v>
+      </c>
+      <c r="B59" t="s">
+        <v>391</v>
+      </c>
+      <c r="C59" t="s">
+        <v>392</v>
+      </c>
+      <c r="D59" t="s">
+        <v>32</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>196</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>109</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>393</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>394</v>
+      </c>
+      <c r="P59" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>396</v>
+      </c>
+      <c r="B60" t="s">
+        <v>397</v>
+      </c>
+      <c r="C60" t="s">
+        <v>398</v>
+      </c>
+      <c r="D60" t="s">
+        <v>399</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>82</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>400</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>401</v>
+      </c>
+      <c r="N60" t="s">
+        <v>62</v>
+      </c>
+      <c r="O60" t="s">
+        <v>402</v>
+      </c>
+      <c r="P60" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>404</v>
+      </c>
+      <c r="B61" t="s">
+        <v>405</v>
+      </c>
+      <c r="C61" t="s">
         <v>237</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="H47">
+      <c r="D61" t="s">
+        <v>32</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2023</v>
       </c>
-      <c r="I47" t="s">
-[...514 lines deleted...]
-      <c r="H59">
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>197</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>406</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>407</v>
+      </c>
+      <c r="P61" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>409</v>
+      </c>
+      <c r="B62" t="s">
+        <v>410</v>
+      </c>
+      <c r="C62" t="s">
+        <v>411</v>
+      </c>
+      <c r="D62" t="s">
+        <v>50</v>
+      </c>
+      <c r="E62" t="s">
+        <v>90</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2006</v>
       </c>
-      <c r="I59" t="s">
-[...37 lines deleted...]
-      <c r="G60">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>412</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>413</v>
+      </c>
+      <c r="M62" t="s">
+        <v>414</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>415</v>
+      </c>
+      <c r="P62" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>417</v>
+      </c>
+      <c r="B63" t="s">
+        <v>418</v>
+      </c>
+      <c r="C63" t="s">
+        <v>419</v>
+      </c>
+      <c r="D63" t="s">
+        <v>81</v>
+      </c>
+      <c r="E63" t="s">
+        <v>90</v>
+      </c>
+      <c r="F63" t="s">
+        <v>82</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>141</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>83</v>
+      </c>
+      <c r="M63" t="s">
+        <v>420</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>421</v>
+      </c>
+      <c r="P63" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>423</v>
+      </c>
+      <c r="B64" t="s">
+        <v>424</v>
+      </c>
+      <c r="C64" t="s">
+        <v>425</v>
+      </c>
+      <c r="D64" t="s">
+        <v>426</v>
+      </c>
+      <c r="E64" t="s">
+        <v>90</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2009</v>
       </c>
-      <c r="H60"/>
-[...174 lines deleted...]
-      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>39</v>
+        <v>149</v>
       </c>
       <c r="K64" t="s">
-        <v>317</v>
+        <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>318</v>
+        <v>427</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>428</v>
       </c>
       <c r="N64" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>429</v>
+      </c>
+      <c r="P64" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>320</v>
+        <v>431</v>
       </c>
       <c r="B65" t="s">
-        <v>315</v>
+        <v>432</v>
       </c>
       <c r="C65" t="s">
-        <v>47</v>
+        <v>425</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E65" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>64</v>
-[...7 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K65"/>
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
       <c r="L65" t="s">
-        <v>318</v>
+        <v>427</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>428</v>
       </c>
       <c r="N65" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>433</v>
+      </c>
+      <c r="P65" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>322</v>
+        <v>434</v>
       </c>
       <c r="B66" t="s">
-        <v>323</v>
+        <v>435</v>
       </c>
       <c r="C66" t="s">
-        <v>47</v>
+        <v>436</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E66" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="N66" t="s">
-        <v>325</v>
-[...1271 lines deleted...]
-      <c r="A97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
         <v>438</v>
       </c>
-      <c r="B97" t="s">
-[...26 lines deleted...]
-      <c r="K97" t="s">
+      <c r="P66" t="s">
         <v>439</v>
       </c>
-      <c r="L97" t="s">
-[...2153 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>