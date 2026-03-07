--- v1 (2025-11-27)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="445">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -830,50 +830,65 @@
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
   </si>
@@ -1710,51 +1725,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P66"/>
+  <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3424,1450 +3439,1494 @@
       <c r="I36"/>
       <c r="J36" t="s">
         <v>265</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>165</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
         <v>266</v>
       </c>
       <c r="P36" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>267</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B37"/>
       <c r="C37" t="s">
-        <v>269</v>
+        <v>164</v>
       </c>
       <c r="D37" t="s">
         <v>32</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H37">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>100</v>
+        <v>268</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
+        <v>269</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
         <v>270</v>
       </c>
-      <c r="N37" t="s">
-[...2 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>272</v>
+      </c>
+      <c r="B38" t="s">
         <v>273</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="D38" t="s">
         <v>32</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
+        <v>100</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>275</v>
       </c>
-      <c r="K38" t="s">
-[...2 lines deleted...]
-      <c r="L38" t="s">
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
         <v>276</v>
       </c>
-      <c r="M38" t="s">
-[...5 lines deleted...]
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>278</v>
+      </c>
+      <c r="B39" t="s">
         <v>279</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" t="s">
-        <v>281</v>
+        <v>254</v>
       </c>
       <c r="D39" t="s">
         <v>32</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I39"/>
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2024</v>
+      </c>
       <c r="J39" t="s">
-        <v>179</v>
+        <v>280</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
+        <v>281</v>
+      </c>
+      <c r="M39" t="s">
+        <v>259</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
         <v>282</v>
       </c>
-      <c r="M39" t="s">
+      <c r="P39" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>284</v>
+      </c>
+      <c r="B40" t="s">
+        <v>285</v>
+      </c>
+      <c r="C40" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="D40" t="s">
         <v>32</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>179</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
+        <v>287</v>
+      </c>
+      <c r="M40" t="s">
+        <v>288</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
         <v>289</v>
       </c>
-      <c r="M40" t="s">
+      <c r="P40" t="s">
         <v>290</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>291</v>
+      </c>
+      <c r="B41" t="s">
+        <v>292</v>
+      </c>
+      <c r="C41" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="D41" t="s">
         <v>32</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
+        <v>179</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>294</v>
+      </c>
+      <c r="M41" t="s">
         <v>295</v>
       </c>
-      <c r="K41" t="s">
-[...2 lines deleted...]
-      <c r="L41" t="s">
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
         <v>296</v>
       </c>
-      <c r="M41" t="s">
+      <c r="P41" t="s">
         <v>297</v>
-      </c>
-[...7 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B42" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="C42" t="s">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="D42" t="s">
         <v>32</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>300</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
+        <v>301</v>
+      </c>
+      <c r="M42" t="s">
+        <v>302</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
         <v>303</v>
       </c>
-      <c r="M42" t="s">
+      <c r="P42" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>305</v>
+      </c>
+      <c r="B43" t="s">
+        <v>306</v>
+      </c>
+      <c r="C43" t="s">
         <v>307</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="D43" t="s">
         <v>32</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>82</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
+        <v>308</v>
+      </c>
+      <c r="M43" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
         <v>310</v>
       </c>
       <c r="P43" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B44" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C44" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D44" t="s">
         <v>32</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>82</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2019</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="M44" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P44" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B45" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C45" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D45" t="s">
         <v>32</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>82</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2019</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M45" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P45" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B46" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C46" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="D46" t="s">
         <v>32</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>82</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>141</v>
+        <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>322</v>
+      </c>
       <c r="M46" t="s">
-        <v>322</v>
+        <v>309</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
         <v>323</v>
       </c>
       <c r="P46" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>324</v>
+      </c>
+      <c r="B47" t="s">
         <v>325</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="D47" t="s">
         <v>32</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>82</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
+        <v>327</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
         <v>328</v>
       </c>
-      <c r="N47" t="s">
-[...2 lines deleted...]
-      <c r="O47" t="s">
+      <c r="P47" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B48" t="s">
-        <v>188</v>
+        <v>331</v>
       </c>
       <c r="C48" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D48" t="s">
         <v>32</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>82</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2014</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="P48" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B49" t="s">
-        <v>334</v>
+        <v>188</v>
       </c>
       <c r="C49" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D49" t="s">
-        <v>264</v>
+        <v>32</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>82</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
+        <v>333</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
         <v>336</v>
       </c>
-      <c r="N49" t="s">
-[...2 lines deleted...]
-      <c r="O49" t="s">
+      <c r="P49" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>338</v>
+      </c>
+      <c r="B50" t="s">
         <v>339</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>340</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>32</v>
+        <v>264</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>82</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2019</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B51" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C51" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="D51" t="s">
         <v>32</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>82</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2019</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P51" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B52" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C52" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="D52" t="s">
-        <v>350</v>
+        <v>32</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
+        <v>341</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>350</v>
+      </c>
+      <c r="P52" t="s">
         <v>351</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>352</v>
+      </c>
+      <c r="B53" t="s">
+        <v>353</v>
+      </c>
+      <c r="C53" t="s">
         <v>354</v>
       </c>
-      <c r="B53" t="s">
+      <c r="D53" t="s">
         <v>355</v>
       </c>
-      <c r="C53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
+        <v>356</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>357</v>
+      </c>
+      <c r="P53" t="s">
         <v>358</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>359</v>
+      </c>
+      <c r="B54" t="s">
+        <v>360</v>
+      </c>
+      <c r="C54" t="s">
         <v>361</v>
       </c>
-      <c r="B54" t="s">
+      <c r="D54" t="s">
         <v>362</v>
       </c>
-      <c r="C54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
+        <v>363</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
         <v>364</v>
       </c>
-      <c r="N54" t="s">
-[...2 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>366</v>
+      </c>
+      <c r="B55" t="s">
         <v>367</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>368</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>32</v>
+        <v>264</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>43</v>
+        <v>149</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
+        <v>369</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
         <v>370</v>
       </c>
-      <c r="N55" t="s">
-[...2 lines deleted...]
-      <c r="O55" t="s">
+      <c r="P55" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>372</v>
+      </c>
+      <c r="B56" t="s">
         <v>373</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="D56" t="s">
         <v>32</v>
       </c>
       <c r="E56" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>149</v>
+        <v>43</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
         <v>375</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
         <v>376</v>
       </c>
       <c r="P56" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B57" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C57" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="D57" t="s">
         <v>32</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="F57" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>379</v>
+        <v>149</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
         <v>380</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
         <v>381</v>
       </c>
       <c r="P57" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>382</v>
+      </c>
+      <c r="B58" t="s">
+        <v>382</v>
+      </c>
+      <c r="C58" t="s">
         <v>383</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>386</v>
+        <v>32</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>149</v>
+        <v>384</v>
       </c>
       <c r="K58" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
+        <v>385</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>386</v>
+      </c>
+      <c r="P58" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>388</v>
+      </c>
+      <c r="B59" t="s">
+        <v>389</v>
+      </c>
+      <c r="C59" t="s">
         <v>390</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59" t="s">
         <v>391</v>
       </c>
-      <c r="C59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>196</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>109</v>
+        <v>149</v>
       </c>
       <c r="K59" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
+        <v>392</v>
+      </c>
+      <c r="N59" t="s">
+        <v>62</v>
+      </c>
+      <c r="O59" t="s">
         <v>393</v>
       </c>
-      <c r="N59" t="s">
-[...2 lines deleted...]
-      <c r="O59" t="s">
+      <c r="P59" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>395</v>
+      </c>
+      <c r="B60" t="s">
         <v>396</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>397</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" t="s">
-        <v>399</v>
+        <v>32</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H60">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>400</v>
+        <v>109</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="N60" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="P60" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>401</v>
+      </c>
+      <c r="B61" t="s">
+        <v>402</v>
+      </c>
+      <c r="C61" t="s">
+        <v>403</v>
+      </c>
+      <c r="D61" t="s">
         <v>404</v>
       </c>
-      <c r="B61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>197</v>
+        <v>405</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>406</v>
       </c>
       <c r="N61" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="O61" t="s">
         <v>407</v>
       </c>
       <c r="P61" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>409</v>
       </c>
       <c r="B62" t="s">
         <v>410</v>
       </c>
       <c r="C62" t="s">
-        <v>411</v>
+        <v>237</v>
       </c>
       <c r="D62" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="E62" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
+        <v>197</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>411</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
         <v>412</v>
       </c>
-      <c r="K62" t="s">
-[...2 lines deleted...]
-      <c r="L62" t="s">
+      <c r="P62" t="s">
         <v>413</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B63" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C63" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="D63" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="E63" t="s">
         <v>90</v>
       </c>
       <c r="F63" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>141</v>
+        <v>417</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>83</v>
+        <v>418</v>
       </c>
       <c r="M63" t="s">
+        <v>419</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
         <v>420</v>
       </c>
-      <c r="N63" t="s">
-[...2 lines deleted...]
-      <c r="O63" t="s">
+      <c r="P63" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>422</v>
+      </c>
+      <c r="B64" t="s">
         <v>423</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>424</v>
       </c>
-      <c r="C64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>426</v>
+        <v>81</v>
       </c>
       <c r="E64" t="s">
         <v>90</v>
       </c>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
+        <v>83</v>
+      </c>
+      <c r="M64" t="s">
+        <v>425</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>426</v>
+      </c>
+      <c r="P64" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
+        <v>428</v>
+      </c>
+      <c r="B65" t="s">
+        <v>429</v>
+      </c>
+      <c r="C65" t="s">
+        <v>430</v>
+      </c>
+      <c r="D65" t="s">
         <v>431</v>
       </c>
-      <c r="B65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="F65" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2009</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>23</v>
+        <v>149</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="M65" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P65" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B66" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C66" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="D66" t="s">
         <v>32</v>
       </c>
       <c r="E66" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>33</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>432</v>
+      </c>
       <c r="M66" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
         <v>438</v>
       </c>
       <c r="P66" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
         <v>439</v>
+      </c>
+      <c r="B67" t="s">
+        <v>440</v>
+      </c>
+      <c r="C67" t="s">
+        <v>441</v>
+      </c>
+      <c r="D67" t="s">
+        <v>32</v>
+      </c>
+      <c r="E67" t="s">
+        <v>90</v>
+      </c>
+      <c r="F67" t="s">
+        <v>33</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>100</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>442</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>443</v>
+      </c>
+      <c r="P67" t="s">
+        <v>444</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">