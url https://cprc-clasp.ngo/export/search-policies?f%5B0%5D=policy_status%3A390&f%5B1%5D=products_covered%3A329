--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -444,69 +444,69 @@
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
     <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
   </si>
   <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
     <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
     <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
@@ -928,51 +928,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
     <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
@@ -1320,51 +1320,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2192,51 +2192,51 @@
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>142</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>144</v>
       </c>
       <c r="D19" t="s">
         <v>145</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>146</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>147</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
         <v>148</v>
       </c>
       <c r="P19" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>150</v>