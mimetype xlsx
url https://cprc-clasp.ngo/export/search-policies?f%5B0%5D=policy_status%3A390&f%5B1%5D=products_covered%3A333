--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,524 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
-[...5 lines deleted...]
-    <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...25 lines deleted...]
-    <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
-    <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
-[...29 lines deleted...]
-    <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
+    <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>GB 20052-2020</t>
-[...8 lines deleted...]
-    <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
+    <t>GB/T 17467-2020</t>
+  </si>
+  <si>
+    <t>China Quality Certification Centre</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
-[...103 lines deleted...]
-  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
-    <t>High-efficiency Appliances Certification Program</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
-    <t>MEPS for Transformer</t>
-[...86 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -793,1261 +551,396 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...34 lines deleted...]
-      <c r="M3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...76 lines deleted...]
-      <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
-      </c>
-[...36 lines deleted...]
-        <v>45</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
-        <v>46</v>
-[...33 lines deleted...]
-      <c r="K7" t="s">
         <v>45</v>
       </c>
-      <c r="L7" t="s">
-[...98 lines deleted...]
-      <c r="A10" t="s">
+      <c r="O6" t="s">
         <v>60</v>
       </c>
-      <c r="B10" t="s">
-[...24 lines deleted...]
-      <c r="K10" t="s">
+      <c r="P6" t="s">
         <v>61</v>
-      </c>
-[...733 lines deleted...]
-        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>