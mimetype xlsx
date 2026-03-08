--- v0 (2025-10-12)
+++ v1 (2026-03-08)
@@ -12,683 +12,439 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...62 lines deleted...]
-    <t>United Kingdom</t>
+    <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
-[...38 lines deleted...]
-    <t>Taiwan of China</t>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
+    <t>labeling for clothes dryers</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>AS/NZS 2442.2:2000</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>MS 207</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...47 lines deleted...]
-    <t>Asia and Pacific, China</t>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
-    <t>Quality Standard</t>
-[...178 lines deleted...]
-  <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
+    <t>October 2022</t>
+  </si>
+  <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -952,1463 +708,676 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="245" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="240.513" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...40 lines deleted...]
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...152 lines deleted...]
-      <c r="K7"/>
       <c r="L7"/>
       <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>51</v>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...23 lines deleted...]
-      <c r="J8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-        <v>59</v>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...36 lines deleted...]
-      <c r="M9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>67</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...41 lines deleted...]
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="E11" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>99</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>105</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...32 lines deleted...]
-      <c r="K12"/>
       <c r="L12" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="M12" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="N12" t="s">
-        <v>86</v>
-[...205 lines deleted...]
-      <c r="K17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
         <v>109</v>
       </c>
-      <c r="L17" t="s">
+      <c r="P12" t="s">
         <v>110</v>
-      </c>
-[...640 lines deleted...]
-        <v>189</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>