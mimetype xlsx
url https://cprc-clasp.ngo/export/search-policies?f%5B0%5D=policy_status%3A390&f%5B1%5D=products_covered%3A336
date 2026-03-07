--- v0 (2025-10-14)
+++ v1 (2026-03-07)
@@ -12,777 +12,592 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
-    <t>CEL-036. Household Cookers</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>Conpet Seal Gas stoves and ovens</t>
-[...2 lines deleted...]
-    <t>Brazil</t>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
-    <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
-[...14 lines deleted...]
-    <t>SB-T 10548</t>
+    <t>GB 30531-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
-[...17 lines deleted...]
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
+  </si>
+  <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
+    <t>GB/T 17713-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Range Hood</t>
+  </si>
+  <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>TIS 710–2530 or JIS C 9603:1988</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IS 4246:2002</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>NOM-010-SESH-2012</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
+    <t>TCVN 13373:2021 - Infrared cookers</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
-    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
-[...2 lines deleted...]
-    <t>Comparative Label, Endorsement Label</t>
+    <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
-[...398 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
-    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1046,2051 +861,1098 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="578.002" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>65</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>43</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...14 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1984</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>65</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>109</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>93</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>119</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>65</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>133</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>119</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>34</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K18" t="s">
+        <v>65</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>133</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>65</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>156</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...40 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G20" t="s">
+        <v>157</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...239 lines deleted...]
-      <c r="G11">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H11">
-[...196 lines deleted...]
-      <c r="A16" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>93</v>
       </c>
-      <c r="B16" t="s">
-[...237 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="N21" t="s">
-        <v>121</v>
-[...432 lines deleted...]
-      <c r="B32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
         <v>165</v>
       </c>
-      <c r="C32" t="s">
-[...24 lines deleted...]
-      <c r="L32" t="s">
+      <c r="P21" t="s">
         <v>166</v>
       </c>
-      <c r="M32" t="s">
-[...588 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>