--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,676 +12,580 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CEL - Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
+    <t>CEL - Lithium Bromide Absorption Chillers</t>
+  </si>
+  <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 18362; GB/T 18431</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
+    <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
+  </si>
+  <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>GB/T 18837</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
+  </si>
+  <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.1.1-1.4: 2012</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce, Industries, Labour and Immigration</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
+  </si>
+  <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
+    <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
+  </si>
+  <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>GB 37479-2019</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
+  </si>
+  <si>
+    <t>ECOWAS Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
+  </si>
+  <si>
+    <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
+  </si>
+  <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
+  </si>
+  <si>
+    <t>Vanuatu Department of Energy, Mines and Minerals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
+  </si>
+  <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...32 lines deleted...]
-    <t>10 CFR 431 and product-specific Subparts</t>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
-[...304 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MEPS for Multi Heat Pump System(VRF)</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
-    <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
-[...52 lines deleted...]
-  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
+    <t>October 2022</t>
+  </si>
+  <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
+  </si>
+  <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -945,1683 +849,1114 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...36 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1980</v>
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>39</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>40</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-      <c r="I5" t="s">
         <v>46</v>
       </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>48</v>
       </c>
       <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...13 lines deleted...]
-      <c r="D6" t="s">
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>32</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>65</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...21 lines deleted...]
-      <c r="M6" t="s">
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...4 lines deleted...]
-      <c r="A7" t="s">
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>106</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>92</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>115</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" t="s">
         <v>54</v>
       </c>
-      <c r="B7" t="s">
-[...32 lines deleted...]
-      <c r="M7" t="s">
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...156 lines deleted...]
-      <c r="I11" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>93</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>46</v>
       </c>
-      <c r="J11" t="s">
-[...249 lines deleted...]
-        <v>2016</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>47</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...19 lines deleted...]
-      <c r="F18" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2004</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
         <v>45</v>
       </c>
-      <c r="G18">
-[...17 lines deleted...]
-      <c r="M18" t="s">
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>72</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...40 lines deleted...]
-      <c r="M19" t="s">
+      <c r="L20" t="s">
+        <v>48</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>156</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...81 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
-        <v>123</v>
-[...341 lines deleted...]
-      <c r="A30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>158</v>
       </c>
-      <c r="B30" t="s">
+      <c r="P21" t="s">
         <v>159</v>
       </c>
-      <c r="C30" t="s">
-[...322 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>