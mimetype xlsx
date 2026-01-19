--- v1 (2025-11-27)
+++ v2 (2026-01-19)
@@ -369,67 +369,67 @@
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>