--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -98,148 +98,111 @@
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...21 lines deleted...]
-    <t>Clothes Dryers, Washer and Dryers</t>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
-  </si>
-[...31 lines deleted...]
-    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>February 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
@@ -650,51 +613,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P9"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="493.023" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="176.814" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -787,355 +750,309 @@
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>31</v>
       </c>
       <c r="E3" t="s">
         <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" t="s">
+      <c r="M3" t="s">
         <v>36</v>
       </c>
-      <c r="L3"/>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H4">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="N4" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
         <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
         <v>58</v>
       </c>
       <c r="P5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>72</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
         <v>74</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L8"/>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8"/>
       <c r="N8" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
-[...43 lines deleted...]
-        <v>86</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">