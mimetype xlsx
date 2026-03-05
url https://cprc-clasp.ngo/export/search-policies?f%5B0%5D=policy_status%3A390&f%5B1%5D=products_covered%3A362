--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,421 +12,324 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>China Water Efficiency Labeling Program (CWEL)</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2021</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission, Ministry of Water Resources</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
+  </si>
+  <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
+  </si>
+  <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>GB 28379-2012</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
+  </si>
+  <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
+    <t>GB/T 8464-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
+    <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
+  </si>
+  <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
+    <t>GB 25501-2019; GB 18145-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Water Conservation Certification</t>
+  </si>
+  <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
+    <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
+    <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
+  </si>
+  <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
-[...107 lines deleted...]
-    <t>Showers or Showerheads, Taps or Faucets</t>
+    <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
-[...159 lines deleted...]
-  <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -690,865 +593,580 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...81 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>51</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>52</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>54</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>56</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...2 lines deleted...]
-      <c r="H7">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>54</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>56</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2017</v>
       </c>
-      <c r="I7" t="s">
-[...13 lines deleted...]
-        <v>55</v>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...15 lines deleted...]
-      <c r="F8" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...5 lines deleted...]
-      <c r="I8" t="s">
+      <c r="E10" t="s">
         <v>31</v>
       </c>
-      <c r="J8" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
-        <v>70</v>
-[...38 lines deleted...]
-      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
         <v>76</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="P10" t="s">
         <v>77</v>
-      </c>
-[...285 lines deleted...]
-        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>