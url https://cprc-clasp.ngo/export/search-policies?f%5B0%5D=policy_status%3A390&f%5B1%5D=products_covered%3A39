--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -12,591 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>CEL-037. Copiers, Printers, and Fax Machines</t>
-[...2 lines deleted...]
-    <t>China</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Fax Machine</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Multifunctional devices</t>
+  </si>
+  <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Printers</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Scanners</t>
+  </si>
+  <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Imaging Equipment</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
+  </si>
+  <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IEC 62301:2011</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
+    <t>TCVN 9510:2012 Copiers - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...79 lines deleted...]
-  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
-[...277 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>IEC 60950-1 (or TIS 1561)
-[...1 lines deleted...]
-                    CISPR 22 (or TIS 1956, EN 55022)</t>
+    <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
-    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
+    <t>September 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -860,1761 +694,858 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>34</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>37</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1989</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>43</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...253 lines deleted...]
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>59</v>
       </c>
       <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
-[...8 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>55</v>
       </c>
-      <c r="G9">
-[...3 lines deleted...]
-      <c r="I9" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>56</v>
       </c>
-      <c r="J9" t="s">
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>55</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>56</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>42</v>
+      </c>
+      <c r="K11" t="s">
+        <v>72</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>60</v>
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...25 lines deleted...]
-      <c r="J10" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...3 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-        <v>62</v>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...25 lines deleted...]
-      <c r="J11" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...3 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-        <v>64</v>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>97</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...15 lines deleted...]
-      <c r="F12" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
-[...17 lines deleted...]
-      <c r="M12" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...172 lines deleted...]
-      </c>
+      <c r="L16"/>
+      <c r="M16"/>
       <c r="N16" t="s">
-        <v>85</v>
-[...307 lines deleted...]
-      <c r="C24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
         <v>109</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="P16" t="s">
         <v>110</v>
-      </c>
-[...657 lines deleted...]
-        <v>165</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>