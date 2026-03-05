--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -356,50 +356,53 @@
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
     <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
     <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
     <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
     <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
@@ -470,51 +473,51 @@
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
@@ -978,51 +981,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1780,638 +1783,638 @@
       </c>
       <c r="P16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>111</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>77</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H17">
         <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>32</v>
       </c>
       <c r="M17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>77</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>32</v>
       </c>
       <c r="M18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>85</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>77</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2022</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
         <v>97</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>77</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>44</v>
       </c>
       <c r="F25" t="s">
         <v>45</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2018</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
         <v>45</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D28" t="s">
         <v>19</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>77</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
         <v>76</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>77</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2019</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>79</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">