--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,1106 +12,682 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
-[...5 lines deleted...]
-    <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Televisions</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...31 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>December 2018</t>
-[...213 lines deleted...]
-  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
-[...5 lines deleted...]
-    <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
-  </si>
-[...101 lines deleted...]
-    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
-[...95 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
-    <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
-    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
-[...16 lines deleted...]
-  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2023</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
-    <t>MEPS and MEPL for televisions</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-television</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>August 2018</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
-    <t>Procel Seal - Televisions</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
+    <t>September 2022</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
   </si>
   <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
-    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
-[...19 lines deleted...]
-  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1375,2949 +951,1234 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N67"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...19 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...14 lines deleted...]
-      <c r="L3" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="G12" t="s">
+        <v>98</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" t="s">
+        <v>121</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E16" t="s">
+        <v>56</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>131</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>56</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>34</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="M4" t="s">
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...19 lines deleted...]
-      <c r="F5" t="s">
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E18" t="s">
+        <v>56</v>
+      </c>
+      <c r="F18" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>147</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...17 lines deleted...]
-      <c r="M5" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>154</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...7 lines deleted...]
-      <c r="B6" t="s">
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
         <v>50</v>
       </c>
-      <c r="C6" t="s">
-[...15 lines deleted...]
-      <c r="I6" t="s">
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>160</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...574 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="K20" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>168</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>161</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N20" t="s">
-[...19 lines deleted...]
-      <c r="F21" t="s">
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>170</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
+        <v>174</v>
+      </c>
+      <c r="C22" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G21">
+      <c r="E22" t="s">
+        <v>56</v>
+      </c>
+      <c r="F22" t="s">
+        <v>65</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>175</v>
+      </c>
+      <c r="M22" t="s">
+        <v>68</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C23" t="s">
+        <v>179</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2012</v>
       </c>
-      <c r="H21">
-[...12 lines deleted...]
-      <c r="M21" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>49</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...40 lines deleted...]
-      <c r="M22" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>180</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C24" t="s">
+        <v>40</v>
+      </c>
+      <c r="D24" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...86 lines deleted...]
-      </c>
+      <c r="L24"/>
+      <c r="M24"/>
       <c r="N24" t="s">
-        <v>135</v>
-[...477 lines deleted...]
-      <c r="A36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
         <v>186</v>
       </c>
-      <c r="B36" t="s">
-[...20 lines deleted...]
-      <c r="I36" t="s">
+      <c r="P24" t="s">
         <v>187</v>
       </c>
-      <c r="J36" t="s">
-[...1317 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>