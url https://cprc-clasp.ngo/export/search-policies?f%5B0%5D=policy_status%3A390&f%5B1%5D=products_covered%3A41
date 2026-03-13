--- v1 (2025-11-29)
+++ v2 (2026-03-13)
@@ -12,218 +12,197 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
-[...5 lines deleted...]
-    <t>Egypt</t>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Department Circular DC2020-06-0015</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
+  </si>
+  <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Televisions</t>
+  </si>
+  <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Televisions</t>
-  </si>
-[...106 lines deleted...]
-    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
     <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
 The standard specifies the ultra-high definition televisions must meet the</t>
@@ -565,50 +544,53 @@
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for televisions.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
   </si>
   <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
@@ -951,51 +933,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1050,51 +1032,51 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
@@ -1106,1043 +1088,999 @@
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
-      <c r="M3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M3"/>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
         <v>38</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>39</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
-      <c r="M4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E6" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2023</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>69</v>
       </c>
       <c r="P7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>71</v>
       </c>
       <c r="B8" t="s">
         <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>2021</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
       <c r="M8" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
         <v>78</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>79</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="H9">
-[...4 lines deleted...]
-      </c>
+      <c r="H9"/>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>82</v>
       </c>
       <c r="P9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="H10"/>
+      <c r="H10">
+        <v>2022</v>
+      </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="H11">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>99</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
         <v>104</v>
       </c>
-      <c r="B13" t="s">
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="H13"/>
+      <c r="H13">
+        <v>2017</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>106</v>
+        <v>41</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
       <c r="M13" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E15" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F15" t="s">
-        <v>121</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L15"/>
+        <v>124</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
       <c r="M15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C16" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>33</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>132</v>
       </c>
       <c r="M16" t="s">
         <v>133</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
         <v>134</v>
       </c>
       <c r="P16" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>136</v>
       </c>
       <c r="B17" t="s">
         <v>137</v>
       </c>
       <c r="C17" t="s">
         <v>138</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E17" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>34</v>
+        <v>140</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M17" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="P17" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B18" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C18" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>147</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>148</v>
       </c>
       <c r="M18" t="s">
-        <v>149</v>
+        <v>42</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
         <v>152</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>153</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>154</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>155</v>
       </c>
       <c r="M19" t="s">
-        <v>50</v>
+        <v>156</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>162</v>
       </c>
       <c r="M20" t="s">
         <v>163</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>164</v>
       </c>
       <c r="P20" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>166</v>
       </c>
       <c r="B21" t="s">
         <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>168</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>169</v>
       </c>
       <c r="M21" t="s">
-        <v>170</v>
+        <v>61</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="P21" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
         <v>173</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E22" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>68</v>
+        <v>174</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
+        <v>175</v>
+      </c>
+      <c r="P22" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>177</v>
       </c>
       <c r="B23" t="s">
         <v>178</v>
       </c>
       <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
-      <c r="M23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M23"/>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
         <v>181</v>
-      </c>
-[...45 lines deleted...]
-        <v>187</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">