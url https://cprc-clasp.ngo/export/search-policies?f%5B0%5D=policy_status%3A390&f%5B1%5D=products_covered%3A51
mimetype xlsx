--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,437 +12,264 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
+  </si>
+  <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>CQC 3170-2018</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter Charger</t>
+  </si>
+  <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...163 lines deleted...]
-  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
-    <t>Minimum Performance of external power supplies</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...53 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -706,837 +533,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="719.539" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...11 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...34 lines deleted...]
-      <c r="K3"/>
       <c r="L3"/>
       <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...15 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
-        <v>43</v>
-[...72 lines deleted...]
-      <c r="J7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
         <v>54</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="P5" t="s">
         <v>55</v>
-      </c>
-[...436 lines deleted...]
-        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>