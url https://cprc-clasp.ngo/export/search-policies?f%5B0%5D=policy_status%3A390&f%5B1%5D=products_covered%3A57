--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,373 +12,287 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CEL- Air Cleaners</t>
+  </si>
+  <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB/T 18801-2015; GB/T 18883-2002</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Air Cleaners</t>
+  </si>
+  <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>KS C 9314</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
+    <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
+  </si>
+  <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...50 lines deleted...]
-    <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
+    <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>August 2018</t>
-[...136 lines deleted...]
-  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
+  </si>
+  <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -642,755 +556,400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="169" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="701.829" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="52.987" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
-      </c>
-[...34 lines deleted...]
-        <v>33</v>
       </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
-      </c>
-[...36 lines deleted...]
-        <v>40</v>
       </c>
       <c r="L4" t="s">
         <v>41</v>
       </c>
       <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>43</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>42</v>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
-[...162 lines deleted...]
-      <c r="N8" t="s">
+      <c r="O6" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" t="s">
+      <c r="P6" t="s">
         <v>64</v>
-      </c>
-[...293 lines deleted...]
-        <v>93</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>