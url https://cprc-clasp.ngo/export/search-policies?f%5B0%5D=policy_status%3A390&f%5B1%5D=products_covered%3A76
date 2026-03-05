--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,568 +12,459 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
-[...5 lines deleted...]
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Microwave Ovens</t>
+  </si>
+  <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS IEC 62301:2012, IEC 60705:2010</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>December 2024</t>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Kitchen, Microwaves</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
-    <t>10 CFR 430 Subpart B</t>
-[...107 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
+  </si>
+  <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>IEC 60705:2018</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency Conservation Program (Procel)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Schedule 22 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
+    <t>India</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...63 lines deleted...]
-    <t>Asia and Pacific, Malaysia</t>
+    <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Israel</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
-    <t>March 2025</t>
-[...173 lines deleted...]
-  <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
-[...35 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -837,1119 +728,770 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
-      </c>
-[...36 lines deleted...]
-        <v>32</v>
       </c>
       <c r="L3" t="s">
         <v>33</v>
       </c>
       <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>34</v>
       </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...29 lines deleted...]
-      <c r="L4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
         <v>41</v>
       </c>
-      <c r="M4" t="s">
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>42</v>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5">
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>45</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>48</v>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...36 lines deleted...]
-      <c r="M6" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>54</v>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>55</v>
       </c>
-      <c r="B7" t="s">
-[...30 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>65</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...293 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
-        <v>99</v>
-[...156 lines deleted...]
-      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
         <v>121</v>
       </c>
-      <c r="M18" t="s">
-[...2 lines deleted...]
-      <c r="N18" t="s">
+      <c r="P14" t="s">
         <v>122</v>
-      </c>
-[...248 lines deleted...]
-        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>