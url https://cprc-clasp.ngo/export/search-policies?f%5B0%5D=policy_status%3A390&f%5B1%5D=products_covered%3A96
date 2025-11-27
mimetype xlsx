--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,580 +12,464 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
-[...2 lines deleted...]
-    <t>New Zealand</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
+  </si>
+  <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Industrial Process Chillers</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...85 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
-    <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
+  </si>
+  <si>
+    <t>Ministerio de Energía y Minas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
+    <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>National Energy Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
+    <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>TCVN 10290:2014</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Endorsement Label</t>
-[...67 lines deleted...]
-  <si>
     <t>December 2023</t>
-  </si>
-[...234 lines deleted...]
-    <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -849,1331 +733,810 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...25 lines deleted...]
-      <c r="J3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>34</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>33</v>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...36 lines deleted...]
-      <c r="M4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...72 lines deleted...]
-      <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>41</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
+        <v>34</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
-        <v>48</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>47</v>
       </c>
-      <c r="D8" t="s">
-[...15 lines deleted...]
-      <c r="J8" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>65</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>47</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...7 lines deleted...]
-        <v>50</v>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...3 lines deleted...]
-      <c r="B9" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>111</v>
+      </c>
+      <c r="F15" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="C9" t="s">
-[...551 lines deleted...]
-      <c r="C22" t="s">
+      <c r="O15" t="s">
         <v>120</v>
       </c>
-      <c r="D22" t="s">
-[...14 lines deleted...]
-      <c r="I22" t="s">
+      <c r="P15" t="s">
         <v>121</v>
-      </c>
-[...311 lines deleted...]
-        <v>158</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>