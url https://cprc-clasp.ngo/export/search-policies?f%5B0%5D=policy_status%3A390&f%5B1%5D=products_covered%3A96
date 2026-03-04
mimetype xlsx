--- v1 (2025-11-27)
+++ v2 (2026-03-04)
@@ -226,69 +226,69 @@
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -1152,51 +1152,51 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>72</v>
       </c>
       <c r="D9" t="s">
         <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>78</v>