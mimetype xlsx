--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -225,93 +225,50 @@
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
   </si>
   <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
     <t>Apply to dishwashers</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
-  </si>
-[...41 lines deleted...]
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
     <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
   <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
@@ -696,51 +653,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P14"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="572.003" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1164,276 +1121,230 @@
       </c>
       <c r="L9" t="s">
         <v>67</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>68</v>
       </c>
       <c r="O9" t="s">
         <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
       <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
         <v>84</v>
-      </c>
-[...5 lines deleted...]
-        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
         <v>88</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="K12" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="M12" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="K13" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="L13" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="M13" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
-[...47 lines deleted...]
-        <v>107</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">