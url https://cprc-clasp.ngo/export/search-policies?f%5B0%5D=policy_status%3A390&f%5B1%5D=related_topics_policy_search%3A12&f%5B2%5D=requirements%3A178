--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,460 +12,329 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
+  </si>
+  <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
+    <t>Industrial Blowers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
+  </si>
+  <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
+    <t>Smart home devices</t>
+  </si>
+  <si>
+    <t>CQC 3103-2009</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
+  </si>
+  <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
+    <t>Schedule 27 - Positive Displacement Air Compressors</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IS/ISO 1217, IS 5456</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 36 Packaged Boiler</t>
+  </si>
+  <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Voluntary</t>
-[...161 lines deleted...]
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
+    <t>December 2024</t>
+  </si>
+  <si>
+    <t>Biomass, Coal, Gas, LPG, Oil</t>
+  </si>
+  <si>
+    <t>IS 13979:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
+    <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
-  </si>
-[...118 lines deleted...]
-    <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
-    <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -729,1053 +598,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...463 lines deleted...]
-      <c r="B14" t="s">
+      <c r="O8" t="s">
         <v>77</v>
       </c>
-      <c r="C14" t="s">
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...375 lines deleted...]
-        <v>122</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>