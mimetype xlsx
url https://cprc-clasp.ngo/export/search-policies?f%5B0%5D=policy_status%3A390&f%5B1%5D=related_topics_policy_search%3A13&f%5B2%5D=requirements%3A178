--- v0 (2025-10-12)
+++ v1 (2026-03-08)
@@ -12,194 +12,177 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
-[...5 lines deleted...]
-    <t>Pumps Other</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
+  </si>
+  <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Endorsement Label</t>
-[...14 lines deleted...]
-    <t>China Quality Certification Center (CQC)</t>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
-[...25 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,235 +446,206 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="298.356" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...27 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>