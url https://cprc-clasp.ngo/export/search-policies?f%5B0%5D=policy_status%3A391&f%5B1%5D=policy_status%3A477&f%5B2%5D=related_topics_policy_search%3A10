--- v0 (2025-11-26)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -443,50 +443,87 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
+  </si>
+  <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
   </si>
   <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
@@ -957,51 +994,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P27"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1927,438 +1964,486 @@
       </c>
       <c r="L19" t="s">
         <v>135</v>
       </c>
       <c r="M19" t="s">
         <v>136</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>137</v>
       </c>
       <c r="P19" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>139</v>
       </c>
       <c r="B20" t="s">
         <v>140</v>
       </c>
       <c r="C20" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>142</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H20">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I20">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>62</v>
+        <v>143</v>
       </c>
       <c r="K20" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N20" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D21" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="E21" t="s">
         <v>44</v>
       </c>
       <c r="F21" t="s">
         <v>45</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="I21">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>62</v>
       </c>
       <c r="K21" t="s">
         <v>43</v>
       </c>
       <c r="L21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="M21" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>49</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D22" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
         <v>45</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>1994</v>
+        <v>2001</v>
       </c>
       <c r="I22">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
         <v>62</v>
       </c>
       <c r="K22" t="s">
         <v>43</v>
       </c>
       <c r="L22" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="M22" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="N22" t="s">
         <v>49</v>
       </c>
       <c r="O22" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
         <v>44</v>
       </c>
       <c r="F23" t="s">
         <v>45</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J23" t="s">
         <v>62</v>
       </c>
       <c r="K23" t="s">
         <v>43</v>
       </c>
       <c r="L23" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="M23" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="N23" t="s">
         <v>49</v>
       </c>
       <c r="O23" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="P23" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C24" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="D24" t="s">
         <v>100</v>
       </c>
       <c r="E24" t="s">
         <v>44</v>
       </c>
       <c r="F24" t="s">
         <v>45</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="I24">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>163</v>
+        <v>62</v>
       </c>
       <c r="K24" t="s">
         <v>43</v>
       </c>
       <c r="L24" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="M24" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="N24" t="s">
         <v>49</v>
       </c>
       <c r="O24" t="s">
         <v>166</v>
       </c>
       <c r="P24" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>168</v>
       </c>
       <c r="B25" t="s">
         <v>169</v>
       </c>
       <c r="C25" t="s">
         <v>170</v>
       </c>
       <c r="D25" t="s">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="E25" t="s">
         <v>44</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I25">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J25" t="s">
-        <v>62</v>
+        <v>171</v>
       </c>
       <c r="K25" t="s">
         <v>43</v>
       </c>
       <c r="L25" t="s">
         <v>172</v>
       </c>
       <c r="M25" t="s">
         <v>173</v>
       </c>
       <c r="N25" t="s">
         <v>49</v>
       </c>
       <c r="O25" t="s">
         <v>174</v>
       </c>
       <c r="P25" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>176</v>
       </c>
       <c r="B26" t="s">
         <v>177</v>
       </c>
       <c r="C26" t="s">
         <v>178</v>
       </c>
       <c r="D26" t="s">
         <v>179</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I26">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J26" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="K26" t="s">
         <v>43</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>180</v>
+      </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
         <v>49</v>
       </c>
       <c r="O26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>90</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
         <v>44</v>
       </c>
       <c r="F27" t="s">
-        <v>185</v>
+        <v>45</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="I27">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J27" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="K27" t="s">
         <v>43</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N27" t="s">
         <v>49</v>
       </c>
       <c r="O27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>189</v>
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" t="s">
+        <v>90</v>
+      </c>
+      <c r="E28" t="s">
+        <v>44</v>
+      </c>
+      <c r="F28" t="s">
+        <v>193</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>62</v>
+      </c>
+      <c r="K28" t="s">
+        <v>43</v>
+      </c>
+      <c r="L28" t="s">
+        <v>194</v>
+      </c>
+      <c r="M28" t="s">
+        <v>195</v>
+      </c>
+      <c r="N28" t="s">
+        <v>49</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">