--- v0 (2025-12-13)
+++ v1 (2026-03-22)
@@ -276,72 +276,72 @@
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...11 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
@@ -1587,127 +1587,127 @@
       <c r="K8" t="s">
         <v>81</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>83</v>
       </c>
       <c r="P8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>85</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1992</v>
       </c>
       <c r="I9">
         <v>2013</v>
       </c>
       <c r="J9" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>45</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1992</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>45</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>93</v>
       </c>
       <c r="P10" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>95</v>
       </c>
       <c r="B11" t="s">
         <v>96</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>97</v>
       </c>
       <c r="E11" t="s">