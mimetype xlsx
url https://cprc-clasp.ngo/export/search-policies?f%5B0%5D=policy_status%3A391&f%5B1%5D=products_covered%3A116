--- v0 (2025-10-12)
+++ v1 (2026-01-18)
@@ -12,696 +12,860 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...5 lines deleted...]
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -965,1547 +1129,1646 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...19 lines deleted...]
-      <c r="C3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...29 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
-    </row>
-[...61 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2020</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>46</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2010</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
         <v>52</v>
       </c>
-      <c r="M6" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>50</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="L7" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2024</v>
       </c>
-      <c r="I8" t="s">
-        <v>63</v>
+      <c r="I8">
+        <v>2024</v>
       </c>
       <c r="J8" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>70</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>85</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2011</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2023</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="E10" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>94</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>77</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="K10" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="N10" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E11" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>104</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2009</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2024</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>105</v>
+      </c>
+      <c r="M11" t="s">
+        <v>106</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>111</v>
+      </c>
+      <c r="D12" t="s">
+        <v>112</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>104</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>114</v>
+      </c>
+      <c r="P12" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>120</v>
+      </c>
+      <c r="M13" t="s">
+        <v>121</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>122</v>
+      </c>
+      <c r="P13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>133</v>
+      </c>
+      <c r="M15" t="s">
+        <v>134</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>135</v>
+      </c>
+      <c r="P15" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B16" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" t="s">
         <v>92</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B13" t="s">
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1981</v>
+      </c>
+      <c r="I16">
+        <v>1982</v>
+      </c>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>97</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>144</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1989</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>145</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
+        <v>147</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>152</v>
+      </c>
+      <c r="M18" t="s">
+        <v>63</v>
+      </c>
+      <c r="N18" t="s">
+        <v>70</v>
+      </c>
+      <c r="O18" t="s">
+        <v>153</v>
+      </c>
+      <c r="P18" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>157</v>
+      </c>
+      <c r="D19" t="s">
+        <v>144</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2025</v>
+      </c>
+      <c r="J19" t="s">
+        <v>158</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>159</v>
+      </c>
+      <c r="M19" t="s">
+        <v>160</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>161</v>
+      </c>
+      <c r="P19" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>163</v>
+      </c>
+      <c r="B20" t="s">
+        <v>164</v>
+      </c>
+      <c r="C20" t="s">
+        <v>165</v>
+      </c>
+      <c r="D20" t="s">
+        <v>68</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
         <v>94</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>166</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>167</v>
+      </c>
+      <c r="N20" t="s">
+        <v>70</v>
+      </c>
+      <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>172</v>
+      </c>
+      <c r="D21" t="s">
+        <v>173</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>174</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>175</v>
+      </c>
+      <c r="M21" t="s">
+        <v>176</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>177</v>
+      </c>
+      <c r="P21" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C22" t="s">
+        <v>181</v>
+      </c>
+      <c r="D22" t="s">
         <v>76</v>
       </c>
-      <c r="F13" t="s">
-[...78 lines deleted...]
-      <c r="C15" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>104</v>
       </c>
-      <c r="D15" t="s">
-[...166 lines deleted...]
-      <c r="A19" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>182</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22" t="s">
+        <v>183</v>
+      </c>
+      <c r="M22" t="s">
+        <v>184</v>
+      </c>
+      <c r="N22" t="s">
+        <v>70</v>
+      </c>
+      <c r="O22" t="s">
+        <v>185</v>
+      </c>
+      <c r="P22" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>187</v>
+      </c>
+      <c r="B23" t="s">
+        <v>188</v>
+      </c>
+      <c r="C23" t="s">
+        <v>189</v>
+      </c>
+      <c r="D23" t="s">
+        <v>190</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
         <v>119</v>
       </c>
-      <c r="B19" t="s">
-[...58 lines deleted...]
-      <c r="G20">
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" t="s">
+        <v>191</v>
+      </c>
+      <c r="M23" t="s">
+        <v>192</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>193</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>194</v>
+      </c>
+      <c r="B24" t="s">
+        <v>195</v>
+      </c>
+      <c r="C24" t="s">
+        <v>189</v>
+      </c>
+      <c r="D24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2013</v>
       </c>
-      <c r="H20">
-[...126 lines deleted...]
-      <c r="G23">
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>119</v>
+      </c>
+      <c r="K24" t="s">
+        <v>46</v>
+      </c>
+      <c r="L24" t="s">
+        <v>196</v>
+      </c>
+      <c r="M24" t="s">
+        <v>192</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>197</v>
+      </c>
+      <c r="P24" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>199</v>
+      </c>
+      <c r="B25" t="s">
+        <v>200</v>
+      </c>
+      <c r="C25" t="s">
+        <v>172</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2008</v>
       </c>
-      <c r="H23">
-[...91 lines deleted...]
-        <v>95</v>
+      <c r="I25">
+        <v>2017</v>
       </c>
       <c r="J25" t="s">
-        <v>39</v>
+        <v>174</v>
       </c>
       <c r="K25" t="s">
-        <v>154</v>
+        <v>46</v>
       </c>
       <c r="L25" t="s">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="N25" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>203</v>
+      </c>
+      <c r="P25" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>157</v>
+        <v>205</v>
       </c>
       <c r="B26" t="s">
-        <v>152</v>
+        <v>206</v>
       </c>
       <c r="C26" t="s">
-        <v>100</v>
+        <v>207</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>104</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
-      <c r="I26" t="s">
-        <v>95</v>
+      <c r="I26">
+        <v>2024</v>
       </c>
       <c r="J26" t="s">
-        <v>39</v>
+        <v>208</v>
       </c>
       <c r="K26" t="s">
-        <v>158</v>
+        <v>46</v>
       </c>
       <c r="L26" t="s">
-        <v>155</v>
+        <v>209</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N26" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>211</v>
+      </c>
+      <c r="P26" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>213</v>
       </c>
       <c r="B27" t="s">
-        <v>139</v>
+        <v>214</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>172</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>94</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
+        <v>1997</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" t="s">
+        <v>215</v>
+      </c>
+      <c r="M27" t="s">
+        <v>216</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>217</v>
+      </c>
+      <c r="P27" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>219</v>
+      </c>
+      <c r="B28" t="s">
+        <v>220</v>
+      </c>
+      <c r="C28" t="s">
+        <v>221</v>
+      </c>
+      <c r="D28" t="s">
+        <v>222</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2017</v>
       </c>
-      <c r="I27" t="s">
-[...44 lines deleted...]
-        <v>166</v>
+      <c r="I28">
+        <v>2021</v>
       </c>
       <c r="J28" t="s">
-        <v>39</v>
+        <v>223</v>
       </c>
       <c r="K28" t="s">
-        <v>167</v>
+        <v>224</v>
       </c>
       <c r="L28" t="s">
-        <v>168</v>
+        <v>225</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>226</v>
       </c>
       <c r="N28" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>70</v>
+      </c>
+      <c r="O28" t="s">
+        <v>227</v>
+      </c>
+      <c r="P28" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>170</v>
+        <v>229</v>
       </c>
       <c r="B29" t="s">
-        <v>139</v>
+        <v>230</v>
       </c>
       <c r="C29" t="s">
-        <v>112</v>
+        <v>231</v>
       </c>
       <c r="D29" t="s">
-        <v>28</v>
+        <v>232</v>
       </c>
       <c r="E29" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>2009</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K29" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="N29" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>234</v>
+      </c>
+      <c r="P29" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>174</v>
+        <v>236</v>
       </c>
       <c r="B30" t="s">
-        <v>175</v>
+        <v>237</v>
       </c>
       <c r="C30" t="s">
-        <v>176</v>
+        <v>83</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="E30" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>104</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>178</v>
+        <v>86</v>
       </c>
       <c r="K30" t="s">
-        <v>179</v>
+        <v>46</v>
       </c>
       <c r="L30" t="s">
-        <v>180</v>
+        <v>238</v>
       </c>
       <c r="M30" t="s">
-        <v>57</v>
+        <v>87</v>
       </c>
       <c r="N30" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>239</v>
+      </c>
+      <c r="P30" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>182</v>
+        <v>241</v>
       </c>
       <c r="B31" t="s">
-        <v>183</v>
+        <v>242</v>
       </c>
       <c r="C31" t="s">
-        <v>184</v>
+        <v>243</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>244</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2001</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K31"/>
+        <v>245</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
       <c r="L31" t="s">
-        <v>185</v>
+        <v>246</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="N31" t="s">
-        <v>186</v>
-[...87 lines deleted...]
-        <v>196</v>
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>248</v>
+      </c>
+      <c r="P31" t="s">
+        <v>249</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>