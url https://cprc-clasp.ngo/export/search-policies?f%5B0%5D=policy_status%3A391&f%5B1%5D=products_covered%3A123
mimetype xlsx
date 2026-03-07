--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,324 +12,368 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
-[...14 lines deleted...]
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -593,545 +637,556 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2025</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...341 lines deleted...]
-        <v>74</v>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>