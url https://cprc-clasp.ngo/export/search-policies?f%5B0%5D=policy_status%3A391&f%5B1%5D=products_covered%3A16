--- v0 (2025-10-12)
+++ v1 (2026-01-28)
@@ -12,1964 +12,2940 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="922">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
-    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
+    <t>August 2019</t>
+  </si>
+  <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2233,7315 +3209,8260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N166"/>
+  <dimension ref="A1:P165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>49</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>112</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...34 lines deleted...]
-      <c r="H3">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>108</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>106</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>101</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>108</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>108</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>128</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>112</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>113</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2023</v>
+      </c>
+      <c r="J21" t="s">
+        <v>101</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>108</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...57 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F22" t="s">
         <v>45</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2003</v>
       </c>
-      <c r="H5">
-[...235 lines deleted...]
-      <c r="N10" t="s">
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
         <v>68</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
         <v>45</v>
       </c>
-      <c r="D11" t="s">
-[...517 lines deleted...]
-        <v>2011</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-        <v>102</v>
+      <c r="I23">
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K23" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="L23" t="s">
-        <v>104</v>
+        <v>151</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N23" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>55</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>45</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2003</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2011</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K24" t="s">
-        <v>111</v>
+        <v>47</v>
       </c>
       <c r="L24" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N24" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D25" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2003</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2015</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K25" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="L25" t="s">
-        <v>104</v>
+        <v>161</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N25" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>165</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2003</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2016</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>40</v>
+        <v>89</v>
       </c>
       <c r="K26" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26" t="s">
+        <v>167</v>
+      </c>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>143</v>
+      </c>
+      <c r="K27" t="s">
+        <v>47</v>
+      </c>
+      <c r="L27" t="s">
+        <v>69</v>
+      </c>
+      <c r="M27" t="s">
+        <v>145</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" t="s">
+        <v>176</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>61</v>
+      </c>
+      <c r="K28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" t="s">
+        <v>177</v>
+      </c>
+      <c r="M28" t="s">
+        <v>178</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>182</v>
+      </c>
+      <c r="C29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>143</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>145</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>68</v>
+      </c>
+      <c r="D30" t="s">
+        <v>166</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>143</v>
+      </c>
+      <c r="K30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" t="s">
+        <v>145</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" t="s">
+        <v>193</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>45</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2005</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>143</v>
+      </c>
+      <c r="K31" t="s">
+        <v>47</v>
+      </c>
+      <c r="L31" t="s">
+        <v>194</v>
+      </c>
+      <c r="M31" t="s">
+        <v>145</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>195</v>
+      </c>
+      <c r="P31" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>197</v>
+      </c>
+      <c r="B32" t="s">
+        <v>198</v>
+      </c>
+      <c r="C32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" t="s">
         <v>118</v>
       </c>
-      <c r="L26" t="s">
-[...75 lines deleted...]
-      <c r="H28">
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>45</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>143</v>
+      </c>
+      <c r="K32" t="s">
+        <v>47</v>
+      </c>
+      <c r="L32" t="s">
+        <v>199</v>
+      </c>
+      <c r="M32" t="s">
+        <v>145</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>200</v>
+      </c>
+      <c r="P32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" t="s">
+        <v>203</v>
+      </c>
+      <c r="C33" t="s">
+        <v>68</v>
+      </c>
+      <c r="D33" t="s">
+        <v>204</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
         <v>2021</v>
       </c>
-      <c r="I28" t="s">
-[...221 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K33" t="s">
-        <v>142</v>
+        <v>47</v>
       </c>
       <c r="L33" t="s">
-        <v>125</v>
+        <v>205</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>178</v>
       </c>
       <c r="N33" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>144</v>
+        <v>208</v>
       </c>
       <c r="B34" t="s">
-        <v>55</v>
+        <v>209</v>
       </c>
       <c r="C34" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>210</v>
       </c>
       <c r="E34" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>45</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
-        <v>102</v>
+      <c r="I34">
+        <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K34" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="L34" t="s">
-        <v>104</v>
+        <v>211</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N34" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>148</v>
+        <v>214</v>
       </c>
       <c r="B35" t="s">
-        <v>55</v>
+        <v>215</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>45</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2011</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2017</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K35" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="L35" t="s">
-        <v>104</v>
+        <v>217</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N35" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>218</v>
+      </c>
+      <c r="P35" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>152</v>
+        <v>220</v>
       </c>
       <c r="B36" t="s">
-        <v>55</v>
+        <v>221</v>
       </c>
       <c r="C36" t="s">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="D36" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="E36" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>45</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2014</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2017</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K36" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="L36" t="s">
-        <v>104</v>
+        <v>224</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N36" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>225</v>
+      </c>
+      <c r="P36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>157</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>55</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
-        <v>158</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="E37" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>45</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2014</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2018</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K37" t="s">
-        <v>159</v>
+        <v>47</v>
       </c>
       <c r="L37" t="s">
-        <v>104</v>
+        <v>230</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N37" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="P37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>161</v>
+        <v>233</v>
       </c>
       <c r="B38" t="s">
-        <v>55</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="D38" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="E38" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>45</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2014</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2015</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K38" t="s">
-        <v>162</v>
+        <v>47</v>
       </c>
       <c r="L38" t="s">
-        <v>104</v>
+        <v>235</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N38" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>236</v>
+      </c>
+      <c r="P38" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>164</v>
+        <v>238</v>
       </c>
       <c r="B39" t="s">
-        <v>55</v>
+        <v>239</v>
       </c>
       <c r="C39" t="s">
-        <v>149</v>
+        <v>68</v>
       </c>
       <c r="D39" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="E39" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>45</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2008</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2018</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K39" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="L39" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="N39" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>241</v>
+      </c>
+      <c r="P39" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>243</v>
       </c>
       <c r="B40" t="s">
-        <v>168</v>
+        <v>244</v>
       </c>
       <c r="C40" t="s">
-        <v>169</v>
+        <v>245</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="E40" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>247</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2011</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2023</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="N40" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>250</v>
+      </c>
+      <c r="P40" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>174</v>
+        <v>252</v>
       </c>
       <c r="B41" t="s">
-        <v>175</v>
+        <v>253</v>
       </c>
       <c r="C41" t="s">
-        <v>145</v>
+        <v>254</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>210</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>45</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2012</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2020</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K41" t="s">
-        <v>176</v>
+        <v>47</v>
       </c>
       <c r="L41" t="s">
-        <v>177</v>
+        <v>255</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N41" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>257</v>
+      </c>
+      <c r="P41" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>179</v>
+        <v>259</v>
       </c>
       <c r="B42" t="s">
-        <v>175</v>
+        <v>260</v>
       </c>
       <c r="C42" t="s">
+        <v>254</v>
+      </c>
+      <c r="D42" t="s">
+        <v>54</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
         <v>45</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2017</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2021</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N42" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>262</v>
+      </c>
+      <c r="P42" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>182</v>
+        <v>264</v>
       </c>
       <c r="B43" t="s">
-        <v>175</v>
+        <v>265</v>
       </c>
       <c r="C43" t="s">
-        <v>183</v>
+        <v>254</v>
       </c>
       <c r="D43" t="s">
-        <v>28</v>
+        <v>266</v>
       </c>
       <c r="E43" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>45</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2010</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="K43" t="s">
+        <v>47</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N43" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>268</v>
+      </c>
+      <c r="P43" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>186</v>
+        <v>270</v>
       </c>
       <c r="B44" t="s">
-        <v>175</v>
+        <v>271</v>
       </c>
       <c r="C44" t="s">
-        <v>187</v>
+        <v>254</v>
       </c>
       <c r="D44" t="s">
-        <v>28</v>
+        <v>272</v>
       </c>
       <c r="E44" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>45</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2014</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2020</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N44" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>273</v>
+      </c>
+      <c r="P44" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>189</v>
+        <v>275</v>
       </c>
       <c r="B45" t="s">
-        <v>175</v>
+        <v>276</v>
       </c>
       <c r="C45" t="s">
-        <v>190</v>
+        <v>254</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>277</v>
       </c>
       <c r="E45" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>45</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2014</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2020</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="K45" t="s">
+        <v>47</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N45" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>278</v>
+      </c>
+      <c r="P45" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>280</v>
       </c>
       <c r="B46" t="s">
-        <v>175</v>
+        <v>281</v>
       </c>
       <c r="C46" t="s">
-        <v>74</v>
+        <v>254</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E46" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>45</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2017</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2020</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="K46" t="s">
+        <v>47</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="N46" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>282</v>
+      </c>
+      <c r="P46" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>194</v>
+        <v>284</v>
       </c>
       <c r="B47" t="s">
-        <v>195</v>
+        <v>285</v>
       </c>
       <c r="C47" t="s">
-        <v>196</v>
+        <v>286</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="E47" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47"/>
+        <v>288</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
       <c r="H47"/>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K47" t="s">
-        <v>198</v>
+        <v>47</v>
       </c>
       <c r="L47" t="s">
-        <v>199</v>
+        <v>289</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="N47" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>291</v>
+      </c>
+      <c r="P47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>201</v>
+        <v>293</v>
       </c>
       <c r="B48" t="s">
-        <v>202</v>
+        <v>294</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>295</v>
       </c>
       <c r="D48" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E48" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>45</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2002</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2015</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K48" t="s">
-        <v>203</v>
+        <v>47</v>
       </c>
       <c r="L48" t="s">
-        <v>204</v>
+        <v>296</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N48" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>298</v>
+      </c>
+      <c r="P48" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>206</v>
+        <v>300</v>
       </c>
       <c r="B49" t="s">
-        <v>202</v>
+        <v>301</v>
       </c>
       <c r="C49" t="s">
-        <v>207</v>
+        <v>295</v>
       </c>
       <c r="D49" t="s">
-        <v>28</v>
+        <v>302</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>45</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2007</v>
       </c>
-      <c r="I49" t="s">
-        <v>154</v>
+      <c r="I49">
+        <v>2007</v>
       </c>
       <c r="J49" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K49" t="s">
-        <v>208</v>
+        <v>47</v>
       </c>
       <c r="L49" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N49" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>304</v>
+      </c>
+      <c r="P49" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>210</v>
+        <v>306</v>
       </c>
       <c r="B50" t="s">
-        <v>202</v>
+        <v>307</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>295</v>
       </c>
       <c r="D50" t="s">
-        <v>28</v>
+        <v>308</v>
       </c>
       <c r="E50" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>45</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2003</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2013</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K50" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="L50" t="s">
-        <v>204</v>
+        <v>309</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N50" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>310</v>
+      </c>
+      <c r="P50" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>312</v>
       </c>
       <c r="B51" t="s">
-        <v>202</v>
+        <v>313</v>
       </c>
       <c r="C51" t="s">
-        <v>190</v>
+        <v>295</v>
       </c>
       <c r="D51" t="s">
-        <v>28</v>
+        <v>277</v>
       </c>
       <c r="E51" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>45</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2013</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2003</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K51" t="s">
+        <v>47</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N51" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>314</v>
+      </c>
+      <c r="P51" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>216</v>
+        <v>316</v>
       </c>
       <c r="B52" t="s">
-        <v>202</v>
+        <v>317</v>
       </c>
       <c r="C52" t="s">
-        <v>153</v>
+        <v>295</v>
       </c>
       <c r="D52" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="E52" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>45</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2011</v>
       </c>
-      <c r="I52" t="s">
-        <v>154</v>
+      <c r="I52">
+        <v>2011</v>
       </c>
       <c r="J52" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K52" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="L52" t="s">
-        <v>218</v>
+        <v>318</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N52" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>320</v>
+      </c>
+      <c r="P52" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>220</v>
+        <v>322</v>
       </c>
       <c r="B53" t="s">
-        <v>202</v>
+        <v>323</v>
       </c>
       <c r="C53" t="s">
-        <v>117</v>
+        <v>295</v>
       </c>
       <c r="D53" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="E53" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>45</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2000</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2015</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K53" t="s">
-        <v>221</v>
+        <v>47</v>
       </c>
       <c r="L53" t="s">
-        <v>218</v>
+        <v>324</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N53" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>325</v>
+      </c>
+      <c r="P53" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>327</v>
+      </c>
+      <c r="B54" t="s">
+        <v>328</v>
+      </c>
+      <c r="C54" t="s">
+        <v>295</v>
+      </c>
+      <c r="D54" t="s">
+        <v>95</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>45</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2000</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
         <v>223</v>
       </c>
-      <c r="B54" t="s">
-[...14 lines deleted...]
-      <c r="G54">
+      <c r="K54" t="s">
+        <v>47</v>
+      </c>
+      <c r="L54" t="s">
+        <v>329</v>
+      </c>
+      <c r="M54" t="s">
+        <v>297</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>330</v>
+      </c>
+      <c r="P54" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>332</v>
+      </c>
+      <c r="B55" t="s">
+        <v>333</v>
+      </c>
+      <c r="C55" t="s">
+        <v>295</v>
+      </c>
+      <c r="D55" t="s">
+        <v>54</v>
+      </c>
+      <c r="E55" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" t="s">
+        <v>45</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2000</v>
       </c>
-      <c r="H54">
-[...28 lines deleted...]
-      <c r="C55" t="s">
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>223</v>
+      </c>
+      <c r="K55" t="s">
+        <v>47</v>
+      </c>
+      <c r="L55" t="s">
+        <v>324</v>
+      </c>
+      <c r="M55" t="s">
+        <v>297</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>295</v>
+      </c>
+      <c r="D56" t="s">
+        <v>54</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
         <v>45</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2000</v>
       </c>
-      <c r="H55">
+      <c r="I56">
         <v>2012</v>
       </c>
-      <c r="I55" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K56" t="s">
-        <v>221</v>
+        <v>47</v>
       </c>
       <c r="L56" t="s">
-        <v>204</v>
+        <v>324</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>338</v>
+      </c>
+      <c r="P56" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>340</v>
+      </c>
+      <c r="B57" t="s">
+        <v>341</v>
+      </c>
+      <c r="C57" t="s">
+        <v>342</v>
+      </c>
+      <c r="D57" t="s">
         <v>229</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E57" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
-      <c r="I57" t="s">
-        <v>232</v>
+      <c r="I57">
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N57" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>345</v>
+      </c>
+      <c r="P57" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>347</v>
       </c>
       <c r="B58" t="s">
-        <v>231</v>
+        <v>348</v>
       </c>
       <c r="C58" t="s">
-        <v>37</v>
+        <v>342</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E58" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
-      <c r="I58" t="s">
-        <v>232</v>
+      <c r="I58">
+        <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K58" t="s">
+        <v>47</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N58" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>349</v>
+      </c>
+      <c r="P58" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>237</v>
+        <v>350</v>
       </c>
       <c r="B59" t="s">
-        <v>238</v>
+        <v>351</v>
       </c>
       <c r="C59" t="s">
-        <v>153</v>
+        <v>352</v>
       </c>
       <c r="D59" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="E59" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2021</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2019</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>40</v>
+        <v>353</v>
       </c>
       <c r="K59" t="s">
-        <v>240</v>
+        <v>47</v>
       </c>
       <c r="L59" t="s">
-        <v>241</v>
+        <v>354</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>355</v>
       </c>
       <c r="N59" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>356</v>
+      </c>
+      <c r="P59" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>243</v>
+        <v>358</v>
       </c>
       <c r="B60" t="s">
-        <v>238</v>
+        <v>359</v>
       </c>
       <c r="C60" t="s">
-        <v>37</v>
+        <v>352</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E60" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2014</v>
       </c>
-      <c r="H60">
+      <c r="I60">
         <v>2019</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>40</v>
+        <v>353</v>
       </c>
       <c r="K60" t="s">
-        <v>244</v>
+        <v>47</v>
       </c>
       <c r="L60" t="s">
-        <v>241</v>
+        <v>360</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>355</v>
       </c>
       <c r="N60" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>361</v>
+      </c>
+      <c r="P60" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>246</v>
+        <v>363</v>
       </c>
       <c r="B61" t="s">
-        <v>247</v>
+        <v>364</v>
       </c>
       <c r="C61" t="s">
-        <v>37</v>
+        <v>365</v>
       </c>
       <c r="D61" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E61" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>45</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2003</v>
       </c>
-      <c r="H61">
+      <c r="I61">
         <v>2022</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K61" t="s">
-        <v>248</v>
+        <v>47</v>
       </c>
       <c r="L61" t="s">
-        <v>249</v>
+        <v>366</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N61" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>368</v>
+      </c>
+      <c r="P61" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>251</v>
+        <v>370</v>
       </c>
       <c r="B62" t="s">
-        <v>252</v>
+        <v>371</v>
       </c>
       <c r="C62" t="s">
-        <v>37</v>
+        <v>372</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E62" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>288</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2009</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2024</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>47</v>
+      </c>
+      <c r="L62" t="s">
+        <v>373</v>
+      </c>
+      <c r="M62" t="s">
+        <v>374</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>375</v>
+      </c>
+      <c r="P62" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>377</v>
+      </c>
+      <c r="B63" t="s">
+        <v>378</v>
+      </c>
+      <c r="C63" t="s">
+        <v>379</v>
+      </c>
+      <c r="D63" t="s">
+        <v>380</v>
+      </c>
+      <c r="E63" t="s">
         <v>20</v>
       </c>
-      <c r="J62" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>288</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2016</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2019</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>381</v>
       </c>
       <c r="N63" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>382</v>
+      </c>
+      <c r="P63" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>261</v>
+        <v>384</v>
       </c>
       <c r="B64" t="s">
-        <v>202</v>
+        <v>385</v>
       </c>
       <c r="C64" t="s">
-        <v>74</v>
+        <v>295</v>
       </c>
       <c r="D64" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E64" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>45</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2000</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2015</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K64" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="L64" t="s">
-        <v>204</v>
+        <v>329</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N64" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>386</v>
+      </c>
+      <c r="P64" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>263</v>
+        <v>388</v>
       </c>
       <c r="B65" t="s">
-        <v>264</v>
+        <v>389</v>
       </c>
       <c r="C65" t="s">
-        <v>265</v>
+        <v>390</v>
       </c>
       <c r="D65" t="s">
-        <v>28</v>
+        <v>391</v>
       </c>
       <c r="E65" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>45</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2002</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2014</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K65" t="s">
-        <v>266</v>
+        <v>47</v>
       </c>
       <c r="L65" t="s">
-        <v>267</v>
+        <v>392</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N65" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>394</v>
+      </c>
+      <c r="P65" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>396</v>
       </c>
       <c r="B66" t="s">
-        <v>270</v>
+        <v>397</v>
       </c>
       <c r="C66" t="s">
-        <v>107</v>
+        <v>398</v>
       </c>
       <c r="D66" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="E66" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>45</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2013</v>
       </c>
-      <c r="H66">
+      <c r="I66">
         <v>2020</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K66" t="s">
-        <v>271</v>
+        <v>47</v>
       </c>
       <c r="L66" t="s">
-        <v>267</v>
+        <v>399</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N66" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>400</v>
+      </c>
+      <c r="P66" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>273</v>
+        <v>402</v>
       </c>
       <c r="B67" t="s">
-        <v>274</v>
+        <v>403</v>
       </c>
       <c r="C67" t="s">
+        <v>404</v>
+      </c>
+      <c r="D67" t="s">
+        <v>54</v>
+      </c>
+      <c r="E67" t="s">
+        <v>33</v>
+      </c>
+      <c r="F67" t="s">
         <v>45</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="G67">
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>1994</v>
       </c>
-      <c r="H67">
+      <c r="I67">
         <v>2020</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K67" t="s">
-        <v>275</v>
+        <v>47</v>
       </c>
       <c r="L67" t="s">
-        <v>267</v>
+        <v>405</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N67" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>406</v>
+      </c>
+      <c r="P67" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>277</v>
+        <v>408</v>
       </c>
       <c r="B68" t="s">
-        <v>278</v>
+        <v>409</v>
       </c>
       <c r="C68" t="s">
-        <v>107</v>
+        <v>410</v>
       </c>
       <c r="D68" t="s">
-        <v>28</v>
+        <v>150</v>
       </c>
       <c r="E68" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>45</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2009</v>
       </c>
-      <c r="H68">
+      <c r="I68">
         <v>2018</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K68" t="s">
-        <v>279</v>
+        <v>47</v>
       </c>
       <c r="L68" t="s">
-        <v>267</v>
+        <v>411</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N68" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>412</v>
+      </c>
+      <c r="P68" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>281</v>
+        <v>414</v>
       </c>
       <c r="B69" t="s">
-        <v>278</v>
+        <v>415</v>
       </c>
       <c r="C69" t="s">
-        <v>158</v>
+        <v>410</v>
       </c>
       <c r="D69" t="s">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="E69" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>45</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2012</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2019</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K69" t="s">
-        <v>282</v>
+        <v>47</v>
       </c>
       <c r="L69" t="s">
-        <v>267</v>
+        <v>416</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N69" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>417</v>
+      </c>
+      <c r="P69" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>419</v>
       </c>
       <c r="B70" t="s">
-        <v>285</v>
+        <v>420</v>
       </c>
       <c r="C70" t="s">
-        <v>117</v>
+        <v>421</v>
       </c>
       <c r="D70" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G70">
+        <v>45</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>1992</v>
       </c>
-      <c r="H70">
+      <c r="I70">
         <v>2020</v>
       </c>
-      <c r="I70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J70" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K70" t="s">
-        <v>286</v>
+        <v>47</v>
       </c>
       <c r="L70" t="s">
-        <v>267</v>
+        <v>422</v>
       </c>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N70" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>423</v>
+      </c>
+      <c r="P70" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>288</v>
+        <v>425</v>
       </c>
       <c r="B71" t="s">
-        <v>274</v>
+        <v>426</v>
       </c>
       <c r="C71" t="s">
-        <v>74</v>
+        <v>404</v>
       </c>
       <c r="D71" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>45</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2001</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2019</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K71" t="s">
-        <v>289</v>
+        <v>47</v>
       </c>
       <c r="L71" t="s">
-        <v>267</v>
+        <v>427</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N71" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>428</v>
+      </c>
+      <c r="P71" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>291</v>
+        <v>430</v>
       </c>
       <c r="B72" t="s">
-        <v>278</v>
+        <v>431</v>
       </c>
       <c r="C72" t="s">
-        <v>292</v>
+        <v>410</v>
       </c>
       <c r="D72" t="s">
-        <v>28</v>
+        <v>432</v>
       </c>
       <c r="E72" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F72" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>45</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
       </c>
       <c r="H72">
         <v>2016</v>
       </c>
-      <c r="I72" t="s">
-        <v>102</v>
+      <c r="I72">
+        <v>2016</v>
       </c>
       <c r="J72" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K72" t="s">
-        <v>293</v>
+        <v>47</v>
       </c>
       <c r="L72" t="s">
-        <v>267</v>
+        <v>433</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N72" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>434</v>
+      </c>
+      <c r="P72" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>295</v>
+        <v>436</v>
       </c>
       <c r="B73" t="s">
-        <v>278</v>
+        <v>437</v>
       </c>
       <c r="C73" t="s">
-        <v>153</v>
+        <v>410</v>
       </c>
       <c r="D73" t="s">
-        <v>28</v>
+        <v>222</v>
       </c>
       <c r="E73" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F73" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G73">
+        <v>45</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2004</v>
       </c>
-      <c r="H73">
+      <c r="I73">
         <v>2020</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K73" t="s">
-        <v>296</v>
+        <v>47</v>
       </c>
       <c r="L73" t="s">
-        <v>267</v>
+        <v>438</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N73" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>439</v>
+      </c>
+      <c r="P73" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>298</v>
+        <v>441</v>
       </c>
       <c r="B74" t="s">
-        <v>278</v>
+        <v>442</v>
       </c>
       <c r="C74" t="s">
-        <v>299</v>
+        <v>410</v>
       </c>
       <c r="D74" t="s">
-        <v>28</v>
+        <v>443</v>
       </c>
       <c r="E74" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G74">
+        <v>45</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2001</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2018</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K74" t="s">
-        <v>300</v>
+        <v>47</v>
       </c>
       <c r="L74" t="s">
-        <v>267</v>
+        <v>444</v>
       </c>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N74" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>445</v>
+      </c>
+      <c r="P74" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>302</v>
+        <v>447</v>
       </c>
       <c r="B75" t="s">
-        <v>278</v>
+        <v>448</v>
       </c>
       <c r="C75" t="s">
-        <v>183</v>
+        <v>410</v>
       </c>
       <c r="D75" t="s">
-        <v>28</v>
+        <v>266</v>
       </c>
       <c r="E75" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>45</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2004</v>
       </c>
-      <c r="H75">
+      <c r="I75">
         <v>2014</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K75" t="s">
-        <v>303</v>
+        <v>47</v>
       </c>
       <c r="L75" t="s">
-        <v>267</v>
+        <v>449</v>
       </c>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N75" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>450</v>
+      </c>
+      <c r="P75" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>305</v>
+        <v>452</v>
       </c>
       <c r="B76" t="s">
-        <v>278</v>
+        <v>453</v>
       </c>
       <c r="C76" t="s">
-        <v>37</v>
+        <v>410</v>
       </c>
       <c r="D76" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G76">
+        <v>45</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>1998</v>
       </c>
-      <c r="H76">
+      <c r="I76">
         <v>2019</v>
       </c>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K76" t="s">
-        <v>306</v>
+        <v>47</v>
       </c>
       <c r="L76" t="s">
-        <v>267</v>
+        <v>454</v>
       </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N76" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>455</v>
+      </c>
+      <c r="P76" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>308</v>
+        <v>457</v>
       </c>
       <c r="B77" t="s">
-        <v>278</v>
+        <v>458</v>
       </c>
       <c r="C77" t="s">
-        <v>309</v>
+        <v>410</v>
       </c>
       <c r="D77" t="s">
-        <v>28</v>
+        <v>459</v>
       </c>
       <c r="E77" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F77" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>45</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2012</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2019</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K77" t="s">
-        <v>310</v>
+        <v>47</v>
       </c>
       <c r="L77" t="s">
-        <v>267</v>
+        <v>460</v>
       </c>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="N77" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>461</v>
+      </c>
+      <c r="P77" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>312</v>
+        <v>463</v>
       </c>
       <c r="B78" t="s">
-        <v>48</v>
+        <v>464</v>
       </c>
       <c r="C78" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D78" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="E78" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F78" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G78">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2004</v>
       </c>
-      <c r="H78">
+      <c r="I78">
         <v>2011</v>
       </c>
-      <c r="I78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J78" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="K78" t="s">
+        <v>47</v>
+      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>466</v>
       </c>
       <c r="N78" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>467</v>
+      </c>
+      <c r="P78" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>316</v>
+        <v>469</v>
       </c>
       <c r="B79" t="s">
-        <v>48</v>
+        <v>470</v>
       </c>
       <c r="C79" t="s">
-        <v>317</v>
+        <v>59</v>
       </c>
       <c r="D79" t="s">
-        <v>28</v>
+        <v>471</v>
       </c>
       <c r="E79" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2009</v>
       </c>
-      <c r="H79">
+      <c r="I79">
         <v>2011</v>
       </c>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="K79" t="s">
+        <v>47</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>466</v>
       </c>
       <c r="N79" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>472</v>
+      </c>
+      <c r="P79" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>319</v>
+        <v>473</v>
       </c>
       <c r="B80" t="s">
-        <v>48</v>
+        <v>474</v>
       </c>
       <c r="C80" t="s">
-        <v>292</v>
+        <v>59</v>
       </c>
       <c r="D80" t="s">
-        <v>28</v>
+        <v>432</v>
       </c>
       <c r="E80" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F80" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G80">
+        <v>34</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2008</v>
       </c>
-      <c r="H80">
+      <c r="I80">
         <v>2010</v>
       </c>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J80" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="K80" t="s">
+        <v>47</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>466</v>
       </c>
       <c r="N80" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>475</v>
+      </c>
+      <c r="P80" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>321</v>
+        <v>476</v>
       </c>
       <c r="B81" t="s">
-        <v>55</v>
+        <v>477</v>
       </c>
       <c r="C81" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="E81" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>478</v>
+      </c>
+      <c r="H81">
         <v>2007</v>
       </c>
-      <c r="H81">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="I81">
+        <v>2013</v>
       </c>
       <c r="J81" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K81" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="L81" t="s">
-        <v>67</v>
+        <v>199</v>
       </c>
       <c r="M81" t="s">
-        <v>322</v>
+        <v>84</v>
       </c>
       <c r="N81" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>479</v>
+      </c>
+      <c r="O81" t="s">
+        <v>480</v>
+      </c>
+      <c r="P81" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>324</v>
+        <v>482</v>
       </c>
       <c r="B82" t="s">
-        <v>325</v>
+        <v>483</v>
       </c>
       <c r="C82" t="s">
-        <v>326</v>
+        <v>68</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>484</v>
       </c>
       <c r="E82" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="G82">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>8</v>
+      </c>
+      <c r="H82">
         <v>2007</v>
       </c>
-      <c r="H82">
+      <c r="I82">
         <v>2025</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>40</v>
+        <v>485</v>
       </c>
       <c r="K82" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
       <c r="L82" t="s">
-        <v>330</v>
+        <v>486</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>487</v>
       </c>
       <c r="N82" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>488</v>
+      </c>
+      <c r="P82" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>332</v>
+        <v>490</v>
       </c>
       <c r="B83" t="s">
-        <v>55</v>
+        <v>491</v>
       </c>
       <c r="C83" t="s">
-        <v>333</v>
+        <v>68</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>492</v>
       </c>
       <c r="E83" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2008</v>
       </c>
-      <c r="I83" t="s">
-        <v>102</v>
+      <c r="I83">
+        <v>2008</v>
       </c>
       <c r="J83" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K83" t="s">
-        <v>334</v>
+        <v>47</v>
       </c>
       <c r="L83" t="s">
-        <v>67</v>
+        <v>493</v>
       </c>
       <c r="M83" t="s">
-        <v>322</v>
+        <v>84</v>
       </c>
       <c r="N83" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>479</v>
+      </c>
+      <c r="O83" t="s">
+        <v>494</v>
+      </c>
+      <c r="P83" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>336</v>
+        <v>496</v>
       </c>
       <c r="B84" t="s">
-        <v>55</v>
+        <v>497</v>
       </c>
       <c r="C84" t="s">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="E84" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2008</v>
       </c>
-      <c r="H84">
+      <c r="I84">
         <v>2016</v>
       </c>
-      <c r="I84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J84" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K84" t="s">
-        <v>337</v>
+        <v>47</v>
       </c>
       <c r="L84" t="s">
-        <v>67</v>
+        <v>498</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N84" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>499</v>
+      </c>
+      <c r="P84" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>339</v>
+        <v>501</v>
       </c>
       <c r="B85" t="s">
-        <v>55</v>
+        <v>501</v>
       </c>
       <c r="C85" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E85" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2010</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2015</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K85" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="L85" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N85" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>502</v>
+      </c>
+      <c r="P85" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>341</v>
+        <v>504</v>
       </c>
       <c r="B86" t="s">
-        <v>55</v>
+        <v>505</v>
       </c>
       <c r="C86" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E86" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G86">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
         <v>1989</v>
       </c>
-      <c r="H86">
+      <c r="I86">
         <v>2016</v>
       </c>
-      <c r="I86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K86" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="L86" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N86" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>506</v>
+      </c>
+      <c r="P86" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>343</v>
+        <v>508</v>
       </c>
       <c r="B87" t="s">
-        <v>55</v>
+        <v>509</v>
       </c>
       <c r="C87" t="s">
-        <v>344</v>
+        <v>68</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>510</v>
       </c>
       <c r="E87" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2010</v>
       </c>
-      <c r="H87">
+      <c r="I87">
         <v>2021</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J87" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K87" t="s">
-        <v>345</v>
+        <v>47</v>
       </c>
       <c r="L87" t="s">
-        <v>330</v>
+        <v>511</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>487</v>
       </c>
       <c r="N87" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>512</v>
+      </c>
+      <c r="P87" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>347</v>
+        <v>514</v>
       </c>
       <c r="B88" t="s">
-        <v>55</v>
+        <v>515</v>
       </c>
       <c r="C88" t="s">
-        <v>299</v>
+        <v>68</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="E88" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2011</v>
       </c>
-      <c r="H88">
+      <c r="I88">
         <v>2016</v>
       </c>
-      <c r="I88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J88" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="K88" t="s">
-        <v>348</v>
+        <v>47</v>
       </c>
       <c r="L88" t="s">
-        <v>67</v>
+        <v>516</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N88" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>517</v>
+      </c>
+      <c r="P88" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>350</v>
+        <v>519</v>
       </c>
       <c r="B89" t="s">
-        <v>55</v>
+        <v>520</v>
       </c>
       <c r="C89" t="s">
+        <v>68</v>
+      </c>
+      <c r="D89" t="s">
+        <v>54</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2012</v>
+      </c>
+      <c r="I89">
+        <v>2016</v>
+      </c>
+      <c r="J89" t="s">
+        <v>143</v>
+      </c>
+      <c r="K89" t="s">
+        <v>47</v>
+      </c>
+      <c r="L89" t="s">
+        <v>521</v>
+      </c>
+      <c r="M89" t="s">
+        <v>84</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>522</v>
+      </c>
+      <c r="P89" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>524</v>
+      </c>
+      <c r="B90" t="s">
+        <v>525</v>
+      </c>
+      <c r="C90" t="s">
+        <v>68</v>
+      </c>
+      <c r="D90" t="s">
+        <v>222</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2018</v>
+      </c>
+      <c r="I90">
+        <v>2024</v>
+      </c>
+      <c r="J90" t="s">
+        <v>526</v>
+      </c>
+      <c r="K90" t="s">
+        <v>47</v>
+      </c>
+      <c r="L90" t="s">
+        <v>527</v>
+      </c>
+      <c r="M90" t="s">
+        <v>528</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>529</v>
+      </c>
+      <c r="P90" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>531</v>
+      </c>
+      <c r="B91" t="s">
+        <v>532</v>
+      </c>
+      <c r="C91" t="s">
+        <v>533</v>
+      </c>
+      <c r="D91" t="s">
+        <v>44</v>
+      </c>
+      <c r="E91" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1989</v>
+      </c>
+      <c r="I91">
+        <v>1991</v>
+      </c>
+      <c r="J91" t="s">
+        <v>223</v>
+      </c>
+      <c r="K91" t="s">
+        <v>47</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>534</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>535</v>
+      </c>
+      <c r="P91" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>537</v>
+      </c>
+      <c r="B92" t="s">
+        <v>538</v>
+      </c>
+      <c r="C92" t="s">
+        <v>533</v>
+      </c>
+      <c r="D92" t="s">
+        <v>95</v>
+      </c>
+      <c r="E92" t="s">
+        <v>33</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1989</v>
+      </c>
+      <c r="I92">
+        <v>2015</v>
+      </c>
+      <c r="J92" t="s">
+        <v>539</v>
+      </c>
+      <c r="K92" t="s">
+        <v>47</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>540</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>541</v>
+      </c>
+      <c r="P92" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>543</v>
+      </c>
+      <c r="B93" t="s">
+        <v>544</v>
+      </c>
+      <c r="C93" t="s">
+        <v>545</v>
+      </c>
+      <c r="D93" t="s">
+        <v>44</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>288</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2015</v>
+      </c>
+      <c r="I93">
+        <v>2024</v>
+      </c>
+      <c r="J93" t="s">
+        <v>546</v>
+      </c>
+      <c r="K93" t="s">
+        <v>47</v>
+      </c>
+      <c r="L93" t="s">
+        <v>547</v>
+      </c>
+      <c r="M93" t="s">
+        <v>548</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>549</v>
+      </c>
+      <c r="P93" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>551</v>
+      </c>
+      <c r="B94" t="s">
+        <v>552</v>
+      </c>
+      <c r="C94" t="s">
+        <v>553</v>
+      </c>
+      <c r="D94" t="s">
+        <v>54</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>1999</v>
+      </c>
+      <c r="I94">
+        <v>2014</v>
+      </c>
+      <c r="J94" t="s">
+        <v>554</v>
+      </c>
+      <c r="K94" t="s">
+        <v>47</v>
+      </c>
+      <c r="L94" t="s">
+        <v>555</v>
+      </c>
+      <c r="M94" t="s">
+        <v>556</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>557</v>
+      </c>
+      <c r="P94" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>551</v>
+      </c>
+      <c r="B95" t="s">
+        <v>559</v>
+      </c>
+      <c r="C95" t="s">
+        <v>553</v>
+      </c>
+      <c r="D95" t="s">
+        <v>166</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>288</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2013</v>
+      </c>
+      <c r="I95">
+        <v>2014</v>
+      </c>
+      <c r="J95" t="s">
+        <v>554</v>
+      </c>
+      <c r="K95" t="s">
+        <v>47</v>
+      </c>
+      <c r="L95" t="s">
+        <v>560</v>
+      </c>
+      <c r="M95" t="s">
+        <v>556</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>561</v>
+      </c>
+      <c r="P95" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>563</v>
+      </c>
+      <c r="B96" t="s">
+        <v>564</v>
+      </c>
+      <c r="C96" t="s">
+        <v>553</v>
+      </c>
+      <c r="D96" t="s">
+        <v>443</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2008</v>
+      </c>
+      <c r="I96">
+        <v>2012</v>
+      </c>
+      <c r="J96" t="s">
+        <v>554</v>
+      </c>
+      <c r="K96" t="s">
+        <v>47</v>
+      </c>
+      <c r="L96" t="s">
+        <v>565</v>
+      </c>
+      <c r="M96" t="s">
+        <v>556</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>566</v>
+      </c>
+      <c r="P96" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>568</v>
+      </c>
+      <c r="B97" t="s">
+        <v>569</v>
+      </c>
+      <c r="C97" t="s">
+        <v>553</v>
+      </c>
+      <c r="D97" t="s">
+        <v>118</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2005</v>
+      </c>
+      <c r="I97">
+        <v>2014</v>
+      </c>
+      <c r="J97" t="s">
+        <v>570</v>
+      </c>
+      <c r="K97" t="s">
+        <v>47</v>
+      </c>
+      <c r="L97" t="s">
+        <v>571</v>
+      </c>
+      <c r="M97" t="s">
+        <v>556</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>572</v>
+      </c>
+      <c r="P97" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>574</v>
+      </c>
+      <c r="B98" t="s">
+        <v>575</v>
+      </c>
+      <c r="C98" t="s">
+        <v>553</v>
+      </c>
+      <c r="D98" t="s">
+        <v>44</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>288</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
+        <v>554</v>
+      </c>
+      <c r="K98" t="s">
+        <v>47</v>
+      </c>
+      <c r="L98" t="s">
+        <v>576</v>
+      </c>
+      <c r="M98" t="s">
+        <v>556</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>577</v>
+      </c>
+      <c r="P98" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>579</v>
+      </c>
+      <c r="B99" t="s">
+        <v>580</v>
+      </c>
+      <c r="C99" t="s">
+        <v>295</v>
+      </c>
+      <c r="D99" t="s">
+        <v>54</v>
+      </c>
+      <c r="E99" t="s">
+        <v>33</v>
+      </c>
+      <c r="F99" t="s">
         <v>45</v>
       </c>
-      <c r="D89" t="s">
-[...224 lines deleted...]
-      <c r="G94">
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2000</v>
+      </c>
+      <c r="I99">
         <v>2013</v>
       </c>
-      <c r="H94">
-[...28 lines deleted...]
-      <c r="C95" t="s">
+      <c r="J99" t="s">
+        <v>223</v>
+      </c>
+      <c r="K99" t="s">
+        <v>47</v>
+      </c>
+      <c r="L99" t="s">
+        <v>581</v>
+      </c>
+      <c r="M99" t="s">
+        <v>297</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>582</v>
+      </c>
+      <c r="P99" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>584</v>
+      </c>
+      <c r="B100" t="s">
+        <v>585</v>
+      </c>
+      <c r="C100" t="s">
+        <v>295</v>
+      </c>
+      <c r="D100" t="s">
+        <v>54</v>
+      </c>
+      <c r="E100" t="s">
+        <v>33</v>
+      </c>
+      <c r="F100" t="s">
         <v>45</v>
       </c>
-      <c r="D95" t="s">
-[...143 lines deleted...]
-      <c r="H98">
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2000</v>
+      </c>
+      <c r="I100">
         <v>2013</v>
       </c>
-      <c r="I98" t="s">
-[...25 lines deleted...]
-      <c r="C99" t="s">
+      <c r="J100" t="s">
+        <v>223</v>
+      </c>
+      <c r="K100" t="s">
+        <v>47</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>297</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>586</v>
+      </c>
+      <c r="P100" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>588</v>
+      </c>
+      <c r="B101" t="s">
+        <v>589</v>
+      </c>
+      <c r="C101" t="s">
+        <v>295</v>
+      </c>
+      <c r="D101" t="s">
+        <v>54</v>
+      </c>
+      <c r="E101" t="s">
+        <v>33</v>
+      </c>
+      <c r="F101" t="s">
         <v>45</v>
       </c>
-      <c r="D99" t="s">
-[...8 lines deleted...]
-      <c r="G99">
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
         <v>2000</v>
       </c>
-      <c r="H99">
+      <c r="I101">
         <v>2013</v>
       </c>
-      <c r="I99" t="s">
-[...25 lines deleted...]
-      <c r="C100" t="s">
+      <c r="J101" t="s">
+        <v>223</v>
+      </c>
+      <c r="K101" t="s">
+        <v>47</v>
+      </c>
+      <c r="L101" t="s">
+        <v>581</v>
+      </c>
+      <c r="M101" t="s">
+        <v>319</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>590</v>
+      </c>
+      <c r="P101" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>592</v>
+      </c>
+      <c r="B102" t="s">
+        <v>593</v>
+      </c>
+      <c r="C102" t="s">
+        <v>295</v>
+      </c>
+      <c r="D102" t="s">
+        <v>459</v>
+      </c>
+      <c r="E102" t="s">
+        <v>33</v>
+      </c>
+      <c r="F102" t="s">
         <v>45</v>
       </c>
-      <c r="D100" t="s">
-[...95 lines deleted...]
-        <v>2015</v>
+      <c r="G102" t="s">
+        <v>22</v>
       </c>
       <c r="H102">
         <v>2015</v>
       </c>
-      <c r="I102" t="s">
-        <v>154</v>
+      <c r="I102">
+        <v>2015</v>
       </c>
       <c r="J102" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K102" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
       <c r="L102" t="s">
-        <v>218</v>
+        <v>592</v>
       </c>
       <c r="M102" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N102" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>594</v>
+      </c>
+      <c r="P102" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>399</v>
+        <v>596</v>
       </c>
       <c r="B103" t="s">
-        <v>202</v>
+        <v>597</v>
       </c>
       <c r="C103" t="s">
-        <v>117</v>
+        <v>295</v>
       </c>
       <c r="D103" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="E103" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G103">
+        <v>45</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
         <v>2000</v>
       </c>
-      <c r="H103">
+      <c r="I103">
         <v>2016</v>
       </c>
-      <c r="I103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J103" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K103" t="s">
+        <v>47</v>
+      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N103" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>598</v>
+      </c>
+      <c r="P103" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>401</v>
+        <v>600</v>
       </c>
       <c r="B104" t="s">
-        <v>202</v>
+        <v>601</v>
       </c>
       <c r="C104" t="s">
-        <v>117</v>
+        <v>295</v>
       </c>
       <c r="D104" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="E104" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G104">
+        <v>45</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
         <v>2000</v>
       </c>
-      <c r="H104">
+      <c r="I104">
         <v>2015</v>
       </c>
-      <c r="I104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J104" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K104" t="s">
+        <v>47</v>
+      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N104" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>602</v>
+      </c>
+      <c r="P104" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>403</v>
+        <v>604</v>
       </c>
       <c r="B105" t="s">
-        <v>202</v>
+        <v>605</v>
       </c>
       <c r="C105" t="s">
-        <v>74</v>
+        <v>295</v>
       </c>
       <c r="D105" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E105" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>45</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2000</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2013</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K105" t="s">
-        <v>391</v>
+        <v>47</v>
       </c>
       <c r="L105" t="s">
-        <v>218</v>
+        <v>581</v>
       </c>
       <c r="M105" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N105" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>606</v>
+      </c>
+      <c r="P105" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>405</v>
+        <v>608</v>
       </c>
       <c r="B106" t="s">
-        <v>202</v>
+        <v>609</v>
       </c>
       <c r="C106" t="s">
-        <v>74</v>
+        <v>295</v>
       </c>
       <c r="D106" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E106" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F106" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G106">
+        <v>45</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2000</v>
       </c>
-      <c r="H106">
+      <c r="I106">
         <v>2013</v>
       </c>
-      <c r="I106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J106" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K106" t="s">
-        <v>406</v>
+        <v>47</v>
       </c>
       <c r="L106" t="s">
-        <v>204</v>
+        <v>610</v>
       </c>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N106" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>611</v>
+      </c>
+      <c r="P106"/>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>408</v>
+        <v>612</v>
       </c>
       <c r="B107" t="s">
-        <v>202</v>
+        <v>613</v>
       </c>
       <c r="C107" t="s">
-        <v>158</v>
+        <v>295</v>
       </c>
       <c r="D107" t="s">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="E107" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F107" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>45</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>2011</v>
       </c>
-      <c r="H107">
+      <c r="I107">
         <v>2013</v>
       </c>
-      <c r="I107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J107" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K107" t="s">
+        <v>47</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N107" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>614</v>
+      </c>
+      <c r="P107" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>410</v>
+        <v>616</v>
       </c>
       <c r="B108" t="s">
-        <v>202</v>
+        <v>617</v>
       </c>
       <c r="C108" t="s">
+        <v>295</v>
+      </c>
+      <c r="D108" t="s">
+        <v>54</v>
+      </c>
+      <c r="E108" t="s">
+        <v>33</v>
+      </c>
+      <c r="F108" t="s">
         <v>45</v>
       </c>
-      <c r="D108" t="s">
-[...8 lines deleted...]
-      <c r="G108">
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2000</v>
       </c>
-      <c r="H108">
+      <c r="I108">
         <v>2015</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J108" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K108" t="s">
+        <v>47</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N108" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>618</v>
+      </c>
+      <c r="P108" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>412</v>
+        <v>620</v>
       </c>
       <c r="B109" t="s">
-        <v>202</v>
+        <v>621</v>
       </c>
       <c r="C109" t="s">
-        <v>37</v>
+        <v>295</v>
       </c>
       <c r="D109" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E109" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>45</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2002</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2013</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K109" t="s">
-        <v>413</v>
+        <v>47</v>
       </c>
       <c r="L109" t="s">
-        <v>204</v>
+        <v>622</v>
       </c>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N109" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>623</v>
+      </c>
+      <c r="P109" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>415</v>
+        <v>625</v>
       </c>
       <c r="B110" t="s">
-        <v>202</v>
+        <v>626</v>
       </c>
       <c r="C110" t="s">
+        <v>295</v>
+      </c>
+      <c r="D110" t="s">
+        <v>54</v>
+      </c>
+      <c r="E110" t="s">
+        <v>33</v>
+      </c>
+      <c r="F110" t="s">
         <v>45</v>
       </c>
-      <c r="D110" t="s">
-[...8 lines deleted...]
-      <c r="G110">
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>2000</v>
       </c>
-      <c r="H110">
+      <c r="I110">
         <v>2015</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K110" t="s">
+        <v>47</v>
+      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N110" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>627</v>
+      </c>
+      <c r="P110" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>417</v>
+        <v>629</v>
       </c>
       <c r="B111" t="s">
-        <v>202</v>
+        <v>630</v>
       </c>
       <c r="C111" t="s">
-        <v>211</v>
+        <v>295</v>
       </c>
       <c r="D111" t="s">
-        <v>28</v>
+        <v>308</v>
       </c>
       <c r="E111" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F111" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>45</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>2001</v>
       </c>
-      <c r="H111">
+      <c r="I111">
         <v>2013</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K111" t="s">
+        <v>47</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N111" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>631</v>
+      </c>
+      <c r="P111" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>419</v>
+        <v>633</v>
       </c>
       <c r="B112" t="s">
-        <v>202</v>
+        <v>634</v>
       </c>
       <c r="C112" t="s">
-        <v>74</v>
+        <v>295</v>
       </c>
       <c r="D112" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E112" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>45</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>2000</v>
       </c>
-      <c r="H112">
+      <c r="I112">
         <v>2013</v>
       </c>
-      <c r="I112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J112" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K112" t="s">
-        <v>267</v>
+        <v>47</v>
       </c>
       <c r="L112" t="s">
-        <v>204</v>
+        <v>393</v>
       </c>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N112" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>635</v>
+      </c>
+      <c r="P112" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>421</v>
+        <v>637</v>
       </c>
       <c r="B113" t="s">
-        <v>202</v>
+        <v>638</v>
       </c>
       <c r="C113" t="s">
-        <v>74</v>
+        <v>295</v>
       </c>
       <c r="D113" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E113" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>45</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2000</v>
       </c>
-      <c r="H113">
+      <c r="I113">
         <v>2014</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="K113" t="s">
+        <v>47</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N113" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>639</v>
+      </c>
+      <c r="P113" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>423</v>
+        <v>641</v>
       </c>
       <c r="B114" t="s">
-        <v>424</v>
+        <v>642</v>
       </c>
       <c r="C114" t="s">
-        <v>37</v>
+        <v>643</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E114" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>288</v>
+      </c>
+      <c r="G114" t="s">
+        <v>644</v>
+      </c>
+      <c r="H114">
         <v>2015</v>
       </c>
-      <c r="H114">
+      <c r="I114">
         <v>2019</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>40</v>
+        <v>261</v>
       </c>
       <c r="K114" t="s">
-        <v>425</v>
+        <v>47</v>
       </c>
       <c r="L114" t="s">
-        <v>370</v>
+        <v>645</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>548</v>
       </c>
       <c r="N114" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>646</v>
+      </c>
+      <c r="P114" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>427</v>
+        <v>648</v>
       </c>
       <c r="B115" t="s">
-        <v>231</v>
+        <v>649</v>
       </c>
       <c r="C115" t="s">
-        <v>428</v>
+        <v>342</v>
       </c>
       <c r="D115" t="s">
-        <v>28</v>
+        <v>650</v>
       </c>
       <c r="E115" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>45</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
         <v>1996</v>
       </c>
-      <c r="H115">
+      <c r="I115">
         <v>2010</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J115" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K115" t="s">
+        <v>47</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N115" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>651</v>
+      </c>
+      <c r="P115" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>430</v>
+        <v>653</v>
       </c>
       <c r="B116" t="s">
-        <v>231</v>
+        <v>654</v>
       </c>
       <c r="C116" t="s">
-        <v>309</v>
+        <v>342</v>
       </c>
       <c r="D116" t="s">
-        <v>28</v>
+        <v>459</v>
       </c>
       <c r="E116" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>45</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
         <v>1996</v>
       </c>
-      <c r="H116">
+      <c r="I116">
         <v>2010</v>
       </c>
-      <c r="I116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J116" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K116" t="s">
+        <v>47</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N116" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>655</v>
+      </c>
+      <c r="P116" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>432</v>
+        <v>656</v>
       </c>
       <c r="B117" t="s">
-        <v>433</v>
+        <v>657</v>
       </c>
       <c r="C117" t="s">
-        <v>37</v>
+        <v>658</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E117" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>34</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2009</v>
       </c>
-      <c r="H117">
+      <c r="I117">
         <v>2021</v>
       </c>
-      <c r="I117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J117" t="s">
-        <v>40</v>
+        <v>659</v>
       </c>
       <c r="K117" t="s">
-        <v>435</v>
+        <v>47</v>
       </c>
       <c r="L117" t="s">
-        <v>436</v>
+        <v>660</v>
       </c>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>661</v>
       </c>
       <c r="N117" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>662</v>
+      </c>
+      <c r="P117" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>438</v>
+        <v>664</v>
       </c>
       <c r="B118" t="s">
-        <v>439</v>
+        <v>665</v>
       </c>
       <c r="C118" t="s">
-        <v>74</v>
+        <v>666</v>
       </c>
       <c r="D118" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E118" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G118">
+        <v>288</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>2012</v>
       </c>
-      <c r="H118">
+      <c r="I118">
         <v>2010</v>
       </c>
-      <c r="I118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J118" t="s">
-        <v>40</v>
+        <v>343</v>
       </c>
       <c r="K118" t="s">
-        <v>440</v>
+        <v>47</v>
       </c>
       <c r="L118" t="s">
-        <v>441</v>
+        <v>667</v>
       </c>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>668</v>
       </c>
       <c r="N118" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>669</v>
+      </c>
+      <c r="P118" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
+        <v>671</v>
+      </c>
+      <c r="B119" t="s">
+        <v>672</v>
+      </c>
+      <c r="C119" t="s">
+        <v>666</v>
+      </c>
+      <c r="D119" t="s">
+        <v>673</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>288</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2012</v>
+      </c>
+      <c r="I119">
+        <v>2014</v>
+      </c>
+      <c r="J119" t="s">
+        <v>343</v>
+      </c>
+      <c r="K119" t="s">
+        <v>47</v>
+      </c>
+      <c r="L119" t="s">
+        <v>674</v>
+      </c>
+      <c r="M119" t="s">
+        <v>668</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>675</v>
+      </c>
+      <c r="P119" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>676</v>
+      </c>
+      <c r="B120" t="s">
+        <v>677</v>
+      </c>
+      <c r="C120" t="s">
+        <v>678</v>
+      </c>
+      <c r="D120" t="s">
+        <v>106</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>34</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2013</v>
+      </c>
+      <c r="I120">
+        <v>2014</v>
+      </c>
+      <c r="J120" t="s">
+        <v>143</v>
+      </c>
+      <c r="K120" t="s">
+        <v>47</v>
+      </c>
+      <c r="L120" t="s">
+        <v>679</v>
+      </c>
+      <c r="M120" t="s">
+        <v>680</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>681</v>
+      </c>
+      <c r="P120" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>683</v>
+      </c>
+      <c r="B121" t="s">
+        <v>684</v>
+      </c>
+      <c r="C121" t="s">
+        <v>678</v>
+      </c>
+      <c r="D121" t="s">
+        <v>106</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2013</v>
+      </c>
+      <c r="I121">
+        <v>2014</v>
+      </c>
+      <c r="J121" t="s">
+        <v>143</v>
+      </c>
+      <c r="K121" t="s">
+        <v>47</v>
+      </c>
+      <c r="L121" t="s">
+        <v>685</v>
+      </c>
+      <c r="M121" t="s">
+        <v>680</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>686</v>
+      </c>
+      <c r="P121" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>688</v>
+      </c>
+      <c r="B122" t="s">
+        <v>689</v>
+      </c>
+      <c r="C122" t="s">
+        <v>678</v>
+      </c>
+      <c r="D122" t="s">
         <v>443</v>
       </c>
-      <c r="B119" t="s">
-[...14 lines deleted...]
-      <c r="G119">
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2013</v>
+      </c>
+      <c r="I122">
+        <v>2014</v>
+      </c>
+      <c r="J122" t="s">
+        <v>143</v>
+      </c>
+      <c r="K122" t="s">
+        <v>47</v>
+      </c>
+      <c r="L122" t="s">
+        <v>690</v>
+      </c>
+      <c r="M122" t="s">
+        <v>680</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>691</v>
+      </c>
+      <c r="P122" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>693</v>
+      </c>
+      <c r="B123" t="s">
+        <v>694</v>
+      </c>
+      <c r="C123" t="s">
+        <v>678</v>
+      </c>
+      <c r="D123" t="s">
+        <v>118</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2013</v>
+      </c>
+      <c r="I123">
+        <v>2014</v>
+      </c>
+      <c r="J123" t="s">
+        <v>143</v>
+      </c>
+      <c r="K123" t="s">
+        <v>47</v>
+      </c>
+      <c r="L123" t="s">
+        <v>695</v>
+      </c>
+      <c r="M123" t="s">
+        <v>680</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>696</v>
+      </c>
+      <c r="P123" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>698</v>
+      </c>
+      <c r="B124" t="s">
+        <v>699</v>
+      </c>
+      <c r="C124" t="s">
+        <v>678</v>
+      </c>
+      <c r="D124" t="s">
+        <v>700</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
         <v>2012</v>
       </c>
-      <c r="H119">
-[...40 lines deleted...]
-      <c r="G120">
+      <c r="I124">
         <v>2013</v>
       </c>
-      <c r="H120">
-[...172 lines deleted...]
-      <c r="G124">
+      <c r="J124" t="s">
+        <v>143</v>
+      </c>
+      <c r="K124" t="s">
+        <v>47</v>
+      </c>
+      <c r="L124" t="s">
+        <v>701</v>
+      </c>
+      <c r="M124" t="s">
+        <v>680</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>702</v>
+      </c>
+      <c r="P124" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>704</v>
+      </c>
+      <c r="B125" t="s">
+        <v>705</v>
+      </c>
+      <c r="C125" t="s">
+        <v>365</v>
+      </c>
+      <c r="D125" t="s">
+        <v>706</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>288</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2008</v>
+      </c>
+      <c r="I125">
+        <v>2020</v>
+      </c>
+      <c r="J125" t="s">
+        <v>35</v>
+      </c>
+      <c r="K125" t="s">
+        <v>47</v>
+      </c>
+      <c r="L125" t="s">
+        <v>707</v>
+      </c>
+      <c r="M125" t="s">
+        <v>708</v>
+      </c>
+      <c r="N125" t="s">
+        <v>479</v>
+      </c>
+      <c r="O125" t="s">
+        <v>709</v>
+      </c>
+      <c r="P125" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>711</v>
+      </c>
+      <c r="B126" t="s">
+        <v>712</v>
+      </c>
+      <c r="C126" t="s">
+        <v>713</v>
+      </c>
+      <c r="D126" t="s">
+        <v>44</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>288</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2012</v>
       </c>
-      <c r="H124">
-[...87 lines deleted...]
-      <c r="H126">
+      <c r="I126">
         <v>2017</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K126" t="s">
-        <v>472</v>
+        <v>47</v>
       </c>
       <c r="L126" t="s">
-        <v>473</v>
+        <v>714</v>
       </c>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>715</v>
       </c>
       <c r="N126" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>716</v>
+      </c>
+      <c r="P126" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>475</v>
+        <v>718</v>
       </c>
       <c r="B127" t="s">
-        <v>231</v>
+        <v>719</v>
       </c>
       <c r="C127" t="s">
-        <v>153</v>
+        <v>342</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>222</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
       </c>
       <c r="H127">
         <v>2011</v>
       </c>
-      <c r="I127" t="s">
-        <v>232</v>
+      <c r="I127">
+        <v>2011</v>
       </c>
       <c r="J127" t="s">
-        <v>40</v>
+        <v>343</v>
       </c>
       <c r="K127" t="s">
-        <v>476</v>
+        <v>47</v>
       </c>
       <c r="L127" t="s">
-        <v>233</v>
+        <v>720</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N127" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>721</v>
+      </c>
+      <c r="P127" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>478</v>
+        <v>722</v>
       </c>
       <c r="B128" t="s">
-        <v>231</v>
+        <v>341</v>
       </c>
       <c r="C128" t="s">
-        <v>158</v>
+        <v>342</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="E128" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
-      <c r="I128" t="s">
-        <v>232</v>
+      <c r="I128">
+        <v>2012</v>
       </c>
       <c r="J128" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K128" t="s">
+        <v>47</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N128" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>723</v>
+      </c>
+      <c r="P128" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>480</v>
+        <v>724</v>
       </c>
       <c r="B129" t="s">
-        <v>231</v>
+        <v>725</v>
       </c>
       <c r="C129" t="s">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="E129" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="G129">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2015</v>
       </c>
-      <c r="H129">
+      <c r="I129">
         <v>2019</v>
       </c>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J129" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K129" t="s">
+        <v>47</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>726</v>
       </c>
       <c r="N129" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>727</v>
+      </c>
+      <c r="P129" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>484</v>
+        <v>729</v>
       </c>
       <c r="B130" t="s">
-        <v>231</v>
+        <v>730</v>
       </c>
       <c r="C130" t="s">
-        <v>37</v>
+        <v>342</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E130" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
-      <c r="I130" t="s">
-        <v>232</v>
+      <c r="I130">
+        <v>2012</v>
       </c>
       <c r="J130" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K130" t="s">
+        <v>47</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N130" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>731</v>
+      </c>
+      <c r="P130" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="B131"/>
       <c r="C131" t="s">
-        <v>158</v>
+        <v>295</v>
       </c>
       <c r="D131" t="s">
-        <v>17</v>
+        <v>229</v>
       </c>
       <c r="E131" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G131">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
         <v>2011</v>
       </c>
-      <c r="H131">
+      <c r="I131">
         <v>2018</v>
       </c>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J131" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K131" t="s">
+        <v>47</v>
+      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>733</v>
       </c>
       <c r="N131" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>734</v>
+      </c>
+      <c r="P131" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>489</v>
+        <v>736</v>
       </c>
       <c r="B132" t="s">
-        <v>471</v>
+        <v>737</v>
       </c>
       <c r="C132" t="s">
-        <v>89</v>
+        <v>713</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="E132" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G132">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
         <v>2005</v>
       </c>
-      <c r="H132">
+      <c r="I132">
         <v>2011</v>
       </c>
-      <c r="I132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J132" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K132" t="s">
-        <v>490</v>
+        <v>47</v>
       </c>
       <c r="L132" t="s">
-        <v>473</v>
+        <v>738</v>
       </c>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>715</v>
       </c>
       <c r="N132" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>739</v>
+      </c>
+      <c r="P132" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>492</v>
+        <v>741</v>
       </c>
       <c r="B133" t="s">
-        <v>493</v>
+        <v>742</v>
       </c>
       <c r="C133" t="s">
-        <v>74</v>
+        <v>743</v>
       </c>
       <c r="D133" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E133" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F133" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G133">
+        <v>45</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
         <v>2006</v>
       </c>
-      <c r="H133">
+      <c r="I133">
         <v>2015</v>
       </c>
-      <c r="I133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J133" t="s">
-        <v>40</v>
+        <v>744</v>
       </c>
       <c r="K133" t="s">
-        <v>495</v>
+        <v>47</v>
       </c>
       <c r="L133" t="s">
-        <v>496</v>
+        <v>745</v>
       </c>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>746</v>
       </c>
       <c r="N133" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>747</v>
+      </c>
+      <c r="P133" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>498</v>
+        <v>749</v>
       </c>
       <c r="B134" t="s">
-        <v>433</v>
+        <v>750</v>
       </c>
       <c r="C134" t="s">
-        <v>37</v>
+        <v>658</v>
       </c>
       <c r="D134" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E134" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F134" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G134">
+        <v>45</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
         <v>2010</v>
       </c>
-      <c r="H134">
+      <c r="I134">
         <v>2017</v>
       </c>
-      <c r="I134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>40</v>
+        <v>659</v>
       </c>
       <c r="K134" t="s">
-        <v>499</v>
+        <v>47</v>
       </c>
       <c r="L134" t="s">
-        <v>500</v>
+        <v>751</v>
       </c>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>752</v>
       </c>
       <c r="N134" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>753</v>
+      </c>
+      <c r="P134" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>502</v>
+        <v>755</v>
       </c>
       <c r="B135" t="s">
-        <v>231</v>
+        <v>44</v>
       </c>
       <c r="C135" t="s">
-        <v>37</v>
+        <v>342</v>
       </c>
       <c r="D135" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E135" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F135" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>45</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
       </c>
       <c r="H135">
         <v>2012</v>
       </c>
-      <c r="I135" t="s">
-        <v>232</v>
+      <c r="I135">
+        <v>2012</v>
       </c>
       <c r="J135" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K135" t="s">
+        <v>47</v>
+      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>344</v>
       </c>
       <c r="N135" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>756</v>
+      </c>
+      <c r="P135" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>504</v>
+        <v>757</v>
       </c>
       <c r="B136" t="s">
-        <v>505</v>
+        <v>758</v>
       </c>
       <c r="C136" t="s">
-        <v>506</v>
+        <v>759</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>760</v>
       </c>
       <c r="E136" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G136">
+        <v>288</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
         <v>2017</v>
       </c>
-      <c r="H136">
+      <c r="I136">
         <v>2021</v>
       </c>
-      <c r="I136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J136" t="s">
-        <v>507</v>
+        <v>261</v>
       </c>
       <c r="K136" t="s">
-        <v>508</v>
+        <v>761</v>
       </c>
       <c r="L136" t="s">
-        <v>509</v>
+        <v>762</v>
       </c>
       <c r="M136" t="s">
-        <v>322</v>
+        <v>763</v>
       </c>
       <c r="N136" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>479</v>
+      </c>
+      <c r="O136" t="s">
+        <v>764</v>
+      </c>
+      <c r="P136" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>511</v>
+        <v>766</v>
       </c>
       <c r="B137" t="s">
-        <v>202</v>
+        <v>767</v>
       </c>
       <c r="C137" t="s">
-        <v>158</v>
+        <v>295</v>
       </c>
       <c r="D137" t="s">
-        <v>28</v>
+        <v>229</v>
       </c>
       <c r="E137" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F137" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
       </c>
       <c r="H137">
         <v>2011</v>
       </c>
-      <c r="I137" t="s">
-        <v>154</v>
+      <c r="I137">
+        <v>2011</v>
       </c>
       <c r="J137" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="K137" t="s">
-        <v>512</v>
+        <v>47</v>
       </c>
       <c r="L137" t="s">
-        <v>204</v>
+        <v>768</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N137" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>769</v>
+      </c>
+      <c r="P137" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>514</v>
+        <v>771</v>
       </c>
       <c r="B138" t="s">
-        <v>252</v>
+        <v>772</v>
       </c>
       <c r="C138" t="s">
-        <v>89</v>
+        <v>372</v>
       </c>
       <c r="D138" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="E138" t="s">
-        <v>197</v>
+        <v>33</v>
       </c>
       <c r="F138" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G138">
+        <v>288</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
         <v>2014</v>
       </c>
-      <c r="H138">
+      <c r="I138">
         <v>2016</v>
       </c>
-      <c r="I138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J138" t="s">
-        <v>515</v>
+        <v>61</v>
       </c>
       <c r="K138" t="s">
-        <v>516</v>
+        <v>773</v>
       </c>
       <c r="L138" t="s">
-        <v>254</v>
+        <v>774</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>374</v>
       </c>
       <c r="N138" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>775</v>
+      </c>
+      <c r="P138" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>518</v>
+        <v>777</v>
       </c>
       <c r="B139" t="s">
-        <v>519</v>
+        <v>778</v>
       </c>
       <c r="C139" t="s">
-        <v>299</v>
+        <v>779</v>
       </c>
       <c r="D139" t="s">
-        <v>28</v>
+        <v>443</v>
       </c>
       <c r="E139" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F139" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G139">
+        <v>45</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
         <v>2003</v>
       </c>
-      <c r="H139">
+      <c r="I139">
         <v>2012</v>
       </c>
-      <c r="I139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J139" t="s">
-        <v>40</v>
+        <v>659</v>
       </c>
       <c r="K139" t="s">
-        <v>520</v>
+        <v>47</v>
       </c>
       <c r="L139" t="s">
-        <v>521</v>
+        <v>780</v>
       </c>
       <c r="M139" t="s">
-        <v>24</v>
+        <v>781</v>
       </c>
       <c r="N139" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>782</v>
+      </c>
+      <c r="P139" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>523</v>
+        <v>784</v>
       </c>
       <c r="B140" t="s">
-        <v>519</v>
+        <v>785</v>
       </c>
       <c r="C140" t="s">
-        <v>524</v>
+        <v>779</v>
       </c>
       <c r="D140" t="s">
-        <v>28</v>
+        <v>786</v>
       </c>
       <c r="E140" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F140" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G140">
+        <v>45</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
         <v>2008</v>
       </c>
-      <c r="H140">
+      <c r="I140">
         <v>2009</v>
       </c>
-      <c r="I140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J140" t="s">
-        <v>40</v>
+        <v>659</v>
       </c>
       <c r="K140" t="s">
-        <v>525</v>
+        <v>47</v>
       </c>
       <c r="L140" t="s">
-        <v>521</v>
+        <v>787</v>
       </c>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>781</v>
       </c>
       <c r="N140" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>788</v>
+      </c>
+      <c r="P140" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>527</v>
+        <v>790</v>
       </c>
       <c r="B141" t="s">
-        <v>519</v>
+        <v>791</v>
       </c>
       <c r="C141" t="s">
-        <v>309</v>
+        <v>779</v>
       </c>
       <c r="D141" t="s">
-        <v>28</v>
+        <v>459</v>
       </c>
       <c r="E141" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F141" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G141">
+        <v>45</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
         <v>2010</v>
       </c>
-      <c r="H141">
+      <c r="I141">
         <v>2012</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>40</v>
+        <v>659</v>
       </c>
       <c r="K141" t="s">
-        <v>528</v>
+        <v>47</v>
       </c>
       <c r="L141" t="s">
-        <v>521</v>
+        <v>792</v>
       </c>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>781</v>
       </c>
       <c r="N141" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>793</v>
+      </c>
+      <c r="P141" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>530</v>
+        <v>795</v>
       </c>
       <c r="B142" t="s">
-        <v>519</v>
+        <v>796</v>
       </c>
       <c r="C142" t="s">
-        <v>531</v>
+        <v>779</v>
       </c>
       <c r="D142" t="s">
-        <v>28</v>
+        <v>797</v>
       </c>
       <c r="E142" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F142" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G142">
+        <v>45</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
         <v>2011</v>
       </c>
-      <c r="H142">
+      <c r="I142">
         <v>2022</v>
       </c>
-      <c r="I142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J142" t="s">
-        <v>532</v>
+        <v>659</v>
       </c>
       <c r="K142" t="s">
-        <v>533</v>
+        <v>798</v>
       </c>
       <c r="L142" t="s">
-        <v>521</v>
+        <v>799</v>
       </c>
       <c r="M142" t="s">
-        <v>534</v>
+        <v>781</v>
       </c>
       <c r="N142" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>800</v>
+      </c>
+      <c r="O142" t="s">
+        <v>801</v>
+      </c>
+      <c r="P142" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>536</v>
+        <v>803</v>
       </c>
       <c r="B143" t="s">
-        <v>537</v>
+        <v>804</v>
       </c>
       <c r="C143" t="s">
-        <v>89</v>
+        <v>805</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="E143" t="s">
-        <v>197</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G143">
+        <v>288</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
         <v>2007</v>
       </c>
-      <c r="H143">
+      <c r="I143">
         <v>2011</v>
       </c>
-      <c r="I143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J143" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K143" t="s">
-        <v>538</v>
+        <v>47</v>
       </c>
       <c r="L143" t="s">
-        <v>539</v>
+        <v>806</v>
       </c>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N143" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>808</v>
+      </c>
+      <c r="P143" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>541</v>
+        <v>810</v>
       </c>
       <c r="B144" t="s">
-        <v>537</v>
+        <v>811</v>
       </c>
       <c r="C144" t="s">
-        <v>462</v>
+        <v>805</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>700</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G144">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
         <v>2012</v>
       </c>
-      <c r="H144">
+      <c r="I144">
         <v>2013</v>
       </c>
-      <c r="I144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J144" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="K144" t="s">
-        <v>542</v>
+        <v>47</v>
       </c>
       <c r="L144" t="s">
-        <v>539</v>
+        <v>812</v>
       </c>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>807</v>
       </c>
       <c r="N144" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>813</v>
+      </c>
+      <c r="P144" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>544</v>
+        <v>815</v>
       </c>
       <c r="B145" t="s">
-        <v>195</v>
+        <v>816</v>
       </c>
       <c r="C145" t="s">
-        <v>37</v>
+        <v>286</v>
       </c>
       <c r="D145" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E145" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F145" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>45</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
-      <c r="I145" t="s">
-        <v>232</v>
+      <c r="I145">
+        <v>2012</v>
       </c>
       <c r="J145" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K145" t="s">
+        <v>47</v>
+      </c>
+      <c r="L145"/>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>817</v>
       </c>
       <c r="N145" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>818</v>
+      </c>
+      <c r="P145" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>547</v>
+        <v>820</v>
       </c>
       <c r="B146" t="s">
-        <v>168</v>
+        <v>821</v>
       </c>
       <c r="C146" t="s">
+        <v>245</v>
+      </c>
+      <c r="D146" t="s">
+        <v>54</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2017</v>
+      </c>
+      <c r="I146">
+        <v>2021</v>
+      </c>
+      <c r="J146" t="s">
+        <v>248</v>
+      </c>
+      <c r="K146" t="s">
+        <v>47</v>
+      </c>
+      <c r="L146" t="s">
+        <v>822</v>
+      </c>
+      <c r="M146" t="s">
+        <v>249</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>823</v>
+      </c>
+      <c r="P146" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>825</v>
+      </c>
+      <c r="B147" t="s">
+        <v>826</v>
+      </c>
+      <c r="C147" t="s">
+        <v>245</v>
+      </c>
+      <c r="D147" t="s">
+        <v>54</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2017</v>
+      </c>
+      <c r="I147">
+        <v>2021</v>
+      </c>
+      <c r="J147" t="s">
+        <v>248</v>
+      </c>
+      <c r="K147" t="s">
+        <v>47</v>
+      </c>
+      <c r="L147" t="s">
+        <v>822</v>
+      </c>
+      <c r="M147" t="s">
+        <v>249</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>827</v>
+      </c>
+      <c r="P147" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>829</v>
+      </c>
+      <c r="B148" t="s">
+        <v>830</v>
+      </c>
+      <c r="C148" t="s">
+        <v>245</v>
+      </c>
+      <c r="D148" t="s">
+        <v>166</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2012</v>
+      </c>
+      <c r="I148">
+        <v>2015</v>
+      </c>
+      <c r="J148" t="s">
+        <v>248</v>
+      </c>
+      <c r="K148" t="s">
+        <v>47</v>
+      </c>
+      <c r="L148" t="s">
+        <v>831</v>
+      </c>
+      <c r="M148" t="s">
+        <v>249</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>832</v>
+      </c>
+      <c r="P148" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>834</v>
+      </c>
+      <c r="B149" t="s">
+        <v>835</v>
+      </c>
+      <c r="C149" t="s">
+        <v>245</v>
+      </c>
+      <c r="D149" t="s">
+        <v>95</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2012</v>
+      </c>
+      <c r="I149">
+        <v>2015</v>
+      </c>
+      <c r="J149" t="s">
+        <v>248</v>
+      </c>
+      <c r="K149" t="s">
+        <v>47</v>
+      </c>
+      <c r="L149" t="s">
+        <v>831</v>
+      </c>
+      <c r="M149" t="s">
+        <v>249</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>836</v>
+      </c>
+      <c r="P149" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>838</v>
+      </c>
+      <c r="B150" t="s">
+        <v>839</v>
+      </c>
+      <c r="C150" t="s">
+        <v>245</v>
+      </c>
+      <c r="D150" t="s">
+        <v>44</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2012</v>
+      </c>
+      <c r="I150">
+        <v>2021</v>
+      </c>
+      <c r="J150" t="s">
+        <v>840</v>
+      </c>
+      <c r="K150" t="s">
+        <v>47</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>249</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>841</v>
+      </c>
+      <c r="P150" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>843</v>
+      </c>
+      <c r="B151" t="s">
+        <v>844</v>
+      </c>
+      <c r="C151" t="s">
+        <v>352</v>
+      </c>
+      <c r="D151" t="s">
+        <v>54</v>
+      </c>
+      <c r="E151" t="s">
+        <v>33</v>
+      </c>
+      <c r="F151" t="s">
         <v>45</v>
       </c>
-      <c r="D146" t="s">
-[...40 lines deleted...]
-      <c r="C147" t="s">
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>1997</v>
+      </c>
+      <c r="I151">
+        <v>2015</v>
+      </c>
+      <c r="J151" t="s">
+        <v>845</v>
+      </c>
+      <c r="K151" t="s">
+        <v>47</v>
+      </c>
+      <c r="L151" t="s">
+        <v>846</v>
+      </c>
+      <c r="M151" t="s">
+        <v>847</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>848</v>
+      </c>
+      <c r="P151" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>850</v>
+      </c>
+      <c r="B152" t="s">
+        <v>851</v>
+      </c>
+      <c r="C152" t="s">
+        <v>352</v>
+      </c>
+      <c r="D152" t="s">
+        <v>272</v>
+      </c>
+      <c r="E152" t="s">
+        <v>33</v>
+      </c>
+      <c r="F152" t="s">
         <v>45</v>
       </c>
-      <c r="D147" t="s">
-[...52 lines deleted...]
-      <c r="G148">
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2013</v>
+      </c>
+      <c r="I152">
+        <v>2018</v>
+      </c>
+      <c r="J152" t="s">
+        <v>353</v>
+      </c>
+      <c r="K152" t="s">
+        <v>47</v>
+      </c>
+      <c r="L152" t="s">
+        <v>852</v>
+      </c>
+      <c r="M152" t="s">
+        <v>847</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>853</v>
+      </c>
+      <c r="P152" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>855</v>
+      </c>
+      <c r="B153" t="s">
+        <v>856</v>
+      </c>
+      <c r="C153" t="s">
+        <v>352</v>
+      </c>
+      <c r="D153" t="s">
+        <v>95</v>
+      </c>
+      <c r="E153" t="s">
+        <v>33</v>
+      </c>
+      <c r="F153" t="s">
+        <v>45</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2003</v>
+      </c>
+      <c r="I153">
         <v>2012</v>
       </c>
-      <c r="H148">
-[...40 lines deleted...]
-      <c r="G149">
+      <c r="J153" t="s">
+        <v>353</v>
+      </c>
+      <c r="K153" t="s">
+        <v>47</v>
+      </c>
+      <c r="L153" t="s">
+        <v>857</v>
+      </c>
+      <c r="M153" t="s">
+        <v>847</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>858</v>
+      </c>
+      <c r="P153" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>860</v>
+      </c>
+      <c r="B154" t="s">
+        <v>861</v>
+      </c>
+      <c r="C154" t="s">
+        <v>352</v>
+      </c>
+      <c r="D154" t="s">
+        <v>44</v>
+      </c>
+      <c r="E154" t="s">
+        <v>33</v>
+      </c>
+      <c r="F154" t="s">
+        <v>45</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2004</v>
+      </c>
+      <c r="I154">
         <v>2012</v>
       </c>
-      <c r="H149">
-[...112 lines deleted...]
-      <c r="C152" t="s">
+      <c r="J154" t="s">
+        <v>353</v>
+      </c>
+      <c r="K154" t="s">
+        <v>47</v>
+      </c>
+      <c r="L154" t="s">
+        <v>862</v>
+      </c>
+      <c r="M154" t="s">
+        <v>847</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>863</v>
+      </c>
+      <c r="P154" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>865</v>
+      </c>
+      <c r="B155" t="s">
+        <v>464</v>
+      </c>
+      <c r="C155" t="s">
+        <v>805</v>
+      </c>
+      <c r="D155" t="s">
+        <v>443</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2011</v>
+      </c>
+      <c r="I155">
+        <v>2011</v>
+      </c>
+      <c r="J155" t="s">
+        <v>61</v>
+      </c>
+      <c r="K155" t="s">
+        <v>47</v>
+      </c>
+      <c r="L155" t="s">
+        <v>866</v>
+      </c>
+      <c r="M155" t="s">
+        <v>807</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>867</v>
+      </c>
+      <c r="P155" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>869</v>
+      </c>
+      <c r="B156" t="s">
+        <v>870</v>
+      </c>
+      <c r="C156" t="s">
+        <v>365</v>
+      </c>
+      <c r="D156" t="s">
+        <v>54</v>
+      </c>
+      <c r="E156" t="s">
+        <v>33</v>
+      </c>
+      <c r="F156" t="s">
         <v>45</v>
       </c>
-      <c r="D152" t="s">
-[...52 lines deleted...]
-      <c r="G153">
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2004</v>
+      </c>
+      <c r="I156">
+        <v>2020</v>
+      </c>
+      <c r="J156" t="s">
+        <v>35</v>
+      </c>
+      <c r="K156" t="s">
+        <v>47</v>
+      </c>
+      <c r="L156" t="s">
+        <v>581</v>
+      </c>
+      <c r="M156" t="s">
+        <v>871</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>872</v>
+      </c>
+      <c r="P156" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>874</v>
+      </c>
+      <c r="B157" t="s">
+        <v>875</v>
+      </c>
+      <c r="C157" t="s">
+        <v>365</v>
+      </c>
+      <c r="D157" t="s">
+        <v>229</v>
+      </c>
+      <c r="E157" t="s">
+        <v>33</v>
+      </c>
+      <c r="F157" t="s">
+        <v>45</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
         <v>2013</v>
       </c>
-      <c r="H153">
-[...40 lines deleted...]
-      <c r="G154">
+      <c r="I157">
+        <v>2020</v>
+      </c>
+      <c r="J157" t="s">
+        <v>845</v>
+      </c>
+      <c r="K157" t="s">
+        <v>47</v>
+      </c>
+      <c r="L157" t="s">
+        <v>876</v>
+      </c>
+      <c r="M157" t="s">
+        <v>877</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>878</v>
+      </c>
+      <c r="P157" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>880</v>
+      </c>
+      <c r="B158" t="s">
+        <v>881</v>
+      </c>
+      <c r="C158" t="s">
+        <v>365</v>
+      </c>
+      <c r="D158" t="s">
+        <v>95</v>
+      </c>
+      <c r="E158" t="s">
+        <v>33</v>
+      </c>
+      <c r="F158" t="s">
+        <v>45</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2006</v>
+      </c>
+      <c r="I158">
+        <v>2020</v>
+      </c>
+      <c r="J158" t="s">
+        <v>845</v>
+      </c>
+      <c r="K158" t="s">
+        <v>47</v>
+      </c>
+      <c r="L158" t="s">
+        <v>581</v>
+      </c>
+      <c r="M158" t="s">
+        <v>871</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>882</v>
+      </c>
+      <c r="P158" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>884</v>
+      </c>
+      <c r="B159" t="s">
+        <v>885</v>
+      </c>
+      <c r="C159" t="s">
+        <v>365</v>
+      </c>
+      <c r="D159" t="s">
+        <v>166</v>
+      </c>
+      <c r="E159" t="s">
+        <v>33</v>
+      </c>
+      <c r="F159" t="s">
+        <v>45</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
         <v>2003</v>
       </c>
-      <c r="H154">
-[...116 lines deleted...]
-      <c r="C157" t="s">
+      <c r="I159">
+        <v>2020</v>
+      </c>
+      <c r="J159" t="s">
+        <v>845</v>
+      </c>
+      <c r="K159" t="s">
+        <v>47</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>871</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>886</v>
+      </c>
+      <c r="P159" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>888</v>
+      </c>
+      <c r="B160" t="s">
+        <v>889</v>
+      </c>
+      <c r="C160" t="s">
+        <v>365</v>
+      </c>
+      <c r="D160" t="s">
+        <v>95</v>
+      </c>
+      <c r="E160" t="s">
+        <v>33</v>
+      </c>
+      <c r="F160" t="s">
         <v>45</v>
       </c>
-      <c r="D157" t="s">
-[...11 lines deleted...]
-      <c r="H157">
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2001</v>
+      </c>
+      <c r="I160">
         <v>2020</v>
       </c>
-      <c r="I157" t="s">
-[...133 lines deleted...]
-      </c>
       <c r="J160" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K160"/>
+        <v>845</v>
+      </c>
+      <c r="K160" t="s">
+        <v>47</v>
+      </c>
       <c r="L160" t="s">
         <v>581</v>
       </c>
       <c r="M160" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N160" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>890</v>
+      </c>
+      <c r="P160" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>591</v>
+        <v>892</v>
       </c>
       <c r="B161" t="s">
-        <v>247</v>
+        <v>893</v>
       </c>
       <c r="C161" t="s">
-        <v>74</v>
+        <v>365</v>
       </c>
       <c r="D161" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E161" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F161" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>45</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
       </c>
       <c r="H161">
+        <v>2000</v>
+      </c>
+      <c r="I161">
         <v>2020</v>
       </c>
-      <c r="I161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J161" t="s">
-        <v>40</v>
+        <v>845</v>
       </c>
       <c r="K161" t="s">
-        <v>391</v>
+        <v>47</v>
       </c>
       <c r="L161" t="s">
         <v>581</v>
       </c>
       <c r="M161" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N161" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>894</v>
+      </c>
+      <c r="P161" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>593</v>
+        <v>896</v>
       </c>
       <c r="B162" t="s">
-        <v>247</v>
+        <v>897</v>
       </c>
       <c r="C162" t="s">
-        <v>74</v>
+        <v>365</v>
       </c>
       <c r="D162" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E162" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F162" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>45</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
       </c>
       <c r="H162">
+        <v>2002</v>
+      </c>
+      <c r="I162">
         <v>2020</v>
       </c>
-      <c r="I162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J162" t="s">
-        <v>40</v>
+        <v>845</v>
       </c>
       <c r="K162" t="s">
-        <v>391</v>
+        <v>47</v>
       </c>
       <c r="L162" t="s">
         <v>581</v>
       </c>
       <c r="M162" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N162" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>898</v>
+      </c>
+      <c r="P162" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>595</v>
+        <v>900</v>
       </c>
       <c r="B163" t="s">
-        <v>247</v>
+        <v>901</v>
       </c>
       <c r="C163" t="s">
-        <v>74</v>
+        <v>902</v>
       </c>
       <c r="D163" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E163" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F163" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>34</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
       </c>
       <c r="H163">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>2012</v>
+      </c>
+      <c r="I163">
+        <v>2015</v>
       </c>
       <c r="J163" t="s">
-        <v>40</v>
+        <v>465</v>
       </c>
       <c r="K163" t="s">
-        <v>391</v>
+        <v>47</v>
       </c>
       <c r="L163" t="s">
-        <v>581</v>
+        <v>903</v>
       </c>
       <c r="M163" t="s">
-        <v>24</v>
+        <v>904</v>
       </c>
       <c r="N163" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>905</v>
+      </c>
+      <c r="P163" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>597</v>
+        <v>907</v>
       </c>
       <c r="B164" t="s">
-        <v>598</v>
+        <v>908</v>
       </c>
       <c r="C164" t="s">
-        <v>37</v>
+        <v>909</v>
       </c>
       <c r="D164" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E164" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G164">
+        <v>288</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2016</v>
+      </c>
+      <c r="I164">
+        <v>2019</v>
+      </c>
+      <c r="J164" t="s">
+        <v>910</v>
+      </c>
+      <c r="K164" t="s">
+        <v>47</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>911</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>912</v>
+      </c>
+      <c r="P164" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>914</v>
+      </c>
+      <c r="B165" t="s">
+        <v>915</v>
+      </c>
+      <c r="C165" t="s">
+        <v>916</v>
+      </c>
+      <c r="D165" t="s">
+        <v>917</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>288</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
         <v>2012</v>
       </c>
-      <c r="H164">
-[...47 lines deleted...]
-        <v>561</v>
+      <c r="I165">
+        <v>2014</v>
       </c>
       <c r="J165" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K165"/>
+        <v>659</v>
+      </c>
+      <c r="K165" t="s">
+        <v>47</v>
+      </c>
       <c r="L165" t="s">
-        <v>604</v>
+        <v>918</v>
       </c>
       <c r="M165" t="s">
-        <v>24</v>
+        <v>919</v>
       </c>
       <c r="N165" t="s">
-        <v>605</v>
-[...43 lines deleted...]
-        <v>611</v>
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>920</v>
+      </c>
+      <c r="P165" t="s">
+        <v>921</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>