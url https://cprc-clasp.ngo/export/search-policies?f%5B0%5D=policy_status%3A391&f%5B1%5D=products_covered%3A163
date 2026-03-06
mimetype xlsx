--- v0 (2025-11-29)
+++ v1 (2026-03-06)
@@ -104,66 +104,102 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
@@ -190,53 +226,50 @@
 The requirements also apply to light sources and separate control gears placed on the market in a containing product.
 This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
 Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
@@ -394,83 +427,50 @@
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
@@ -1265,1501 +1265,1499 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1998</v>
+        <v>1980</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="H6"/>
-      <c r="I6"/>
+      <c r="H6">
+        <v>2000</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>61</v>
       </c>
       <c r="P6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>65</v>
       </c>
       <c r="D7" t="s">
         <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="H7">
-[...4 lines deleted...]
-      </c>
+      <c r="H7"/>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="I8">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I9">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="J9" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>87</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
         <v>89</v>
       </c>
-      <c r="G10" t="s">
-[...8 lines deleted...]
-      <c r="J10" t="s">
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
         <v>90</v>
       </c>
-      <c r="K10" t="s">
-[...2 lines deleted...]
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
         <v>95</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>96</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
         <v>97</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="I11">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="I12">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
         <v>107</v>
       </c>
       <c r="M12" t="s">
         <v>108</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>109</v>
       </c>
       <c r="P12" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>111</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>113</v>
       </c>
       <c r="D13" t="s">
         <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I13">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J13" t="s">
         <v>115</v>
       </c>
       <c r="K13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
         <v>116</v>
       </c>
       <c r="M13" t="s">
         <v>117</v>
       </c>
       <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>118</v>
       </c>
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
         <v>121</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>122</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="I14">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
         <v>125</v>
       </c>
-      <c r="K14" t="s">
-[...2 lines deleted...]
-      <c r="L14" t="s">
+      <c r="M14" t="s">
         <v>126</v>
       </c>
-      <c r="M14" t="s">
+      <c r="N14" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>128</v>
       </c>
       <c r="P14" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>130</v>
       </c>
       <c r="B15" t="s">
         <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
         <v>132</v>
       </c>
       <c r="M15" t="s">
-        <v>127</v>
+        <v>38</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>133</v>
       </c>
       <c r="P15" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>135</v>
       </c>
       <c r="B16" t="s">
         <v>136</v>
       </c>
       <c r="C16" t="s">
         <v>137</v>
       </c>
       <c r="D16" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2017</v>
       </c>
       <c r="J16" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
         <v>135</v>
       </c>
       <c r="M16" t="s">
         <v>138</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>139</v>
       </c>
       <c r="P16" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>141</v>
       </c>
       <c r="B17" t="s">
         <v>142</v>
       </c>
       <c r="C17" t="s">
         <v>143</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2020</v>
       </c>
       <c r="I17">
         <v>2024</v>
       </c>
       <c r="J17" t="s">
         <v>144</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
         <v>145</v>
       </c>
       <c r="M17" t="s">
         <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>147</v>
       </c>
       <c r="P17" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>149</v>
       </c>
       <c r="B18" t="s">
         <v>150</v>
       </c>
       <c r="C18" t="s">
         <v>151</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2007</v>
       </c>
       <c r="I18">
         <v>2015</v>
       </c>
       <c r="J18" t="s">
         <v>152</v>
       </c>
       <c r="K18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
         <v>153</v>
       </c>
       <c r="M18" t="s">
         <v>154</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>155</v>
       </c>
       <c r="P18" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>157</v>
       </c>
       <c r="B19" t="s">
         <v>158</v>
       </c>
       <c r="C19" t="s">
         <v>159</v>
       </c>
       <c r="D19" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
         <v>160</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>161</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>162</v>
       </c>
       <c r="P19" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>164</v>
       </c>
       <c r="B20" t="s">
         <v>165</v>
       </c>
       <c r="C20" t="s">
         <v>166</v>
       </c>
       <c r="D20" t="s">
         <v>167</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
         <v>168</v>
       </c>
       <c r="K20" t="s">
         <v>169</v>
       </c>
       <c r="L20" t="s">
         <v>170</v>
       </c>
       <c r="M20" t="s">
         <v>171</v>
       </c>
       <c r="N20" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="O20" t="s">
         <v>172</v>
       </c>
       <c r="P20" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>174</v>
       </c>
       <c r="B21" t="s">
         <v>175</v>
       </c>
       <c r="C21" t="s">
         <v>176</v>
       </c>
       <c r="D21" t="s">
         <v>177</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2009</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
         <v>178</v>
       </c>
       <c r="K21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>179</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>180</v>
       </c>
       <c r="P21" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>182</v>
       </c>
       <c r="B22" t="s">
         <v>183</v>
       </c>
       <c r="C22" t="s">
         <v>184</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
       <c r="I22">
         <v>2019</v>
       </c>
       <c r="J22" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>185</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>186</v>
       </c>
       <c r="P22" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>188</v>
       </c>
       <c r="B23" t="s">
         <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>184</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="K23" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>185</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>190</v>
       </c>
       <c r="P23" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>191</v>
       </c>
       <c r="B24" t="s">
         <v>192</v>
       </c>
       <c r="C24" t="s">
         <v>193</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2006</v>
       </c>
       <c r="I24">
         <v>2015</v>
       </c>
       <c r="J24" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="K24" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>194</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>195</v>
       </c>
       <c r="P24" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>197</v>
       </c>
       <c r="B25" t="s">
         <v>198</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D25" t="s">
         <v>199</v>
       </c>
       <c r="E25" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="F25" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25">
         <v>2017</v>
       </c>
       <c r="J25" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="K25" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>200</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>201</v>
       </c>
       <c r="P25" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>203</v>
       </c>
       <c r="B26" t="s">
         <v>204</v>
       </c>
       <c r="C26" t="s">
         <v>205</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2002</v>
       </c>
       <c r="I26">
         <v>2016</v>
       </c>
       <c r="J26" t="s">
         <v>168</v>
       </c>
       <c r="K26" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
         <v>206</v>
       </c>
       <c r="M26" t="s">
         <v>207</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>208</v>
       </c>
       <c r="P26" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>210</v>
       </c>
       <c r="B27" t="s">
         <v>211</v>
       </c>
       <c r="C27" t="s">
         <v>205</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E27" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="F27" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
         <v>168</v>
       </c>
       <c r="K27" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
         <v>212</v>
       </c>
       <c r="M27" t="s">
         <v>207</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>213</v>
       </c>
       <c r="P27" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>215</v>
       </c>
       <c r="B28" t="s">
         <v>216</v>
       </c>
       <c r="C28" t="s">
         <v>176</v>
       </c>
       <c r="D28" t="s">
         <v>217</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2009</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
         <v>178</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>179</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>218</v>
       </c>
       <c r="P28" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>220</v>
       </c>
       <c r="B29" t="s">
         <v>221</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D29" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E29" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="F29" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29">
         <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="K29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
         <v>222</v>
       </c>
       <c r="M29" t="s">
         <v>223</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>224</v>
       </c>
       <c r="P29" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>226</v>
       </c>
       <c r="B30" t="s">
         <v>227</v>
       </c>
       <c r="C30" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D30" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="E30" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="F30" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1998</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L30" t="s">
         <v>228</v>
       </c>
       <c r="M30" t="s">
         <v>223</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>229</v>
       </c>
       <c r="P30" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>231</v>
       </c>
       <c r="B31" t="s">
         <v>232</v>
       </c>
       <c r="C31" t="s">
         <v>233</v>
       </c>
       <c r="D31" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31">
         <v>2018</v>
       </c>
       <c r="J31" t="s">
         <v>160</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
         <v>234</v>
       </c>
       <c r="M31" t="s">
         <v>235</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>236</v>
       </c>
       <c r="P31" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>238</v>
       </c>
       <c r="B32" t="s">
         <v>239</v>
       </c>
       <c r="C32" t="s">
         <v>240</v>
       </c>
       <c r="D32" t="s">
         <v>241</v>
       </c>
       <c r="E32" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32">
         <v>2017</v>
       </c>
       <c r="J32" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>242</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>243</v>
       </c>
       <c r="P32" t="s">
         <v>244</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>