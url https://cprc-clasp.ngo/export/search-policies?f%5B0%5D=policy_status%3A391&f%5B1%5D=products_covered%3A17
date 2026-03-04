--- v0 (2025-10-12)
+++ v1 (2026-03-04)
@@ -12,1385 +12,1905 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
-    <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
-[...10 lines deleted...]
-  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
-    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>August 2025</t>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
-  </si>
-[...10 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1654,4261 +2174,4642 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N96"/>
+  <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...55 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2010</v>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
-        <v>38</v>
+      <c r="I4">
+        <v>2010</v>
       </c>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2017</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>46</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
         <v>48</v>
       </c>
-      <c r="B6" t="s">
-[...17 lines deleted...]
-      <c r="H6">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
         <v>2015</v>
       </c>
-      <c r="I6" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="L7" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="N7" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>1997</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2019</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K8"/>
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>78</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1979</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1979</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
         <v>60</v>
       </c>
-      <c r="D9" t="s">
-[...27 lines deleted...]
-      <c r="N9" t="s">
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>61</v>
+      </c>
+      <c r="K14" t="s">
+        <v>68</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>68</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>116</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>133</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>143</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>143</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
         <v>67</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H10">
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
         <v>2013</v>
       </c>
-      <c r="I10" t="s">
-[...405 lines deleted...]
-      <c r="A20" t="s">
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
         <v>108</v>
       </c>
-      <c r="B20" t="s">
-[...101 lines deleted...]
-        <v>2010</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2010</v>
       </c>
-      <c r="I22" t="s">
-        <v>118</v>
+      <c r="I22">
+        <v>2010</v>
       </c>
       <c r="J22" t="s">
-        <v>39</v>
+        <v>161</v>
       </c>
       <c r="K22" t="s">
-        <v>119</v>
+        <v>46</v>
       </c>
       <c r="L22" t="s">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>163</v>
       </c>
       <c r="N22" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>113</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="E23" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>108</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-        <v>118</v>
+      <c r="I23">
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
-        <v>55</v>
+        <v>161</v>
       </c>
       <c r="K23" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="L23" t="s">
-        <v>115</v>
+        <v>168</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="N23" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>173</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2002</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2010</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>39</v>
+        <v>174</v>
       </c>
       <c r="K24" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
       <c r="L24" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="N24" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>131</v>
+        <v>179</v>
       </c>
       <c r="B25" t="s">
-        <v>126</v>
+        <v>180</v>
       </c>
       <c r="C25" t="s">
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
-      <c r="I25" t="s">
-        <v>127</v>
+      <c r="I25">
+        <v>2010</v>
       </c>
       <c r="J25" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="N25" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>133</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>134</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>49</v>
+        <v>184</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2019</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="K26" t="s">
-        <v>136</v>
+        <v>46</v>
       </c>
       <c r="L26" t="s">
-        <v>137</v>
+        <v>186</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N26" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>139</v>
+        <v>190</v>
       </c>
       <c r="B27" t="s">
-        <v>134</v>
+        <v>191</v>
       </c>
       <c r="C27" t="s">
-        <v>49</v>
+        <v>184</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="E27" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2015</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2019</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="K27" t="s">
-        <v>141</v>
+        <v>46</v>
       </c>
       <c r="L27" t="s">
-        <v>137</v>
+        <v>193</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N27" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>143</v>
+        <v>196</v>
       </c>
       <c r="B28" t="s">
-        <v>134</v>
+        <v>197</v>
       </c>
       <c r="C28" t="s">
-        <v>44</v>
+        <v>184</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2014</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2019</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>39</v>
+        <v>185</v>
       </c>
       <c r="K28" t="s">
-        <v>144</v>
+        <v>46</v>
       </c>
       <c r="L28" t="s">
-        <v>137</v>
+        <v>198</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N28" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>199</v>
+      </c>
+      <c r="P28" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>146</v>
+        <v>201</v>
       </c>
       <c r="B29" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="C29" t="s">
-        <v>148</v>
+        <v>203</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="E29" t="s">
-        <v>149</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>205</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2016</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>206</v>
       </c>
       <c r="N29" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>152</v>
+        <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="C30" t="s">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="D30" t="s">
-        <v>28</v>
+        <v>212</v>
       </c>
       <c r="E30" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>108</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2016</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2018</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>39</v>
+        <v>155</v>
       </c>
       <c r="K30" t="s">
-        <v>155</v>
+        <v>46</v>
       </c>
       <c r="L30" t="s">
-        <v>156</v>
+        <v>213</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="N30" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>158</v>
+        <v>217</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>218</v>
       </c>
       <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>108</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>45</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31" t="s">
+        <v>219</v>
+      </c>
+      <c r="M31" t="s">
+        <v>214</v>
+      </c>
+      <c r="N31" t="s">
+        <v>78</v>
+      </c>
+      <c r="O31" t="s">
+        <v>220</v>
+      </c>
+      <c r="P31" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
+        <v>223</v>
+      </c>
+      <c r="C32" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" t="s">
+        <v>225</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>108</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>45</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32" t="s">
+        <v>226</v>
+      </c>
+      <c r="M32" t="s">
+        <v>214</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>224</v>
+      </c>
+      <c r="D33" t="s">
+        <v>231</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>108</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>45</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33" t="s">
+        <v>232</v>
+      </c>
+      <c r="M33" t="s">
+        <v>214</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" t="s">
+        <v>237</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>108</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2003</v>
+      </c>
+      <c r="I34">
+        <v>2011</v>
+      </c>
+      <c r="J34" t="s">
+        <v>45</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34" t="s">
+        <v>238</v>
+      </c>
+      <c r="M34" t="s">
+        <v>214</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>239</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>241</v>
+      </c>
+      <c r="B35" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" t="s">
+        <v>224</v>
+      </c>
+      <c r="D35" t="s">
+        <v>67</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>108</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>45</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" t="s">
+        <v>243</v>
+      </c>
+      <c r="M35" t="s">
+        <v>214</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>224</v>
+      </c>
+      <c r="D36" t="s">
+        <v>248</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>108</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>45</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>249</v>
+      </c>
+      <c r="M36" t="s">
+        <v>214</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" t="s">
+        <v>224</v>
+      </c>
+      <c r="D37" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>108</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>45</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>254</v>
+      </c>
+      <c r="M37" t="s">
+        <v>214</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>255</v>
+      </c>
+      <c r="P37" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>257</v>
+      </c>
+      <c r="B38" t="s">
+        <v>258</v>
+      </c>
+      <c r="C38" t="s">
+        <v>259</v>
+      </c>
+      <c r="D38" t="s">
         <v>60</v>
       </c>
-      <c r="D31" t="s">
-[...307 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2006</v>
       </c>
-      <c r="I38" t="s">
-        <v>186</v>
+      <c r="I38">
+        <v>2006</v>
       </c>
       <c r="J38" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="K38" t="s">
+        <v>68</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>261</v>
       </c>
       <c r="N38" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>262</v>
+      </c>
+      <c r="P38" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>184</v>
+        <v>257</v>
       </c>
       <c r="B39" t="s">
+        <v>264</v>
+      </c>
+      <c r="C39" t="s">
+        <v>259</v>
+      </c>
+      <c r="D39" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39">
+        <v>2008</v>
+      </c>
+      <c r="J39" t="s">
+        <v>260</v>
+      </c>
+      <c r="K39" t="s">
+        <v>68</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>261</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>265</v>
+      </c>
+      <c r="P39" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>266</v>
+      </c>
+      <c r="B40" t="s">
+        <v>267</v>
+      </c>
+      <c r="C40" t="s">
+        <v>259</v>
+      </c>
+      <c r="D40" t="s">
+        <v>44</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2006</v>
+      </c>
+      <c r="I40">
+        <v>2008</v>
+      </c>
+      <c r="J40" t="s">
+        <v>260</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>261</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>268</v>
+      </c>
+      <c r="P40" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>269</v>
+      </c>
+      <c r="B41" t="s">
+        <v>270</v>
+      </c>
+      <c r="C41" t="s">
+        <v>271</v>
+      </c>
+      <c r="D41" t="s">
+        <v>272</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2024</v>
+      </c>
+      <c r="J41" t="s">
+        <v>273</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" t="s">
+        <v>274</v>
+      </c>
+      <c r="M41" t="s">
+        <v>275</v>
+      </c>
+      <c r="N41" t="s">
+        <v>276</v>
+      </c>
+      <c r="O41" t="s">
+        <v>277</v>
+      </c>
+      <c r="P41" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>279</v>
+      </c>
+      <c r="B42" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" t="s">
+        <v>43</v>
+      </c>
+      <c r="D42" t="s">
+        <v>281</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>282</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>273</v>
+      </c>
+      <c r="K42" t="s">
+        <v>68</v>
+      </c>
+      <c r="L42" t="s">
+        <v>283</v>
+      </c>
+      <c r="M42" t="s">
+        <v>48</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>284</v>
+      </c>
+      <c r="P42" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>286</v>
+      </c>
+      <c r="B43" t="s">
+        <v>287</v>
+      </c>
+      <c r="C43" t="s">
+        <v>43</v>
+      </c>
+      <c r="D43" t="s">
+        <v>75</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>8</v>
+      </c>
+      <c r="H43">
+        <v>2019</v>
+      </c>
+      <c r="I43">
+        <v>2025</v>
+      </c>
+      <c r="J43" t="s">
+        <v>288</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43" t="s">
+        <v>289</v>
+      </c>
+      <c r="M43" t="s">
+        <v>275</v>
+      </c>
+      <c r="N43" t="s">
+        <v>78</v>
+      </c>
+      <c r="O43" t="s">
+        <v>290</v>
+      </c>
+      <c r="P43" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>292</v>
+      </c>
+      <c r="B44" t="s">
+        <v>293</v>
+      </c>
+      <c r="C44" t="s">
+        <v>294</v>
+      </c>
+      <c r="D44" t="s">
+        <v>295</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>46</v>
+      </c>
+      <c r="L44" t="s">
+        <v>296</v>
+      </c>
+      <c r="M44" t="s">
+        <v>297</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>298</v>
+      </c>
+      <c r="P44" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>300</v>
+      </c>
+      <c r="B45" t="s">
+        <v>301</v>
+      </c>
+      <c r="C45" t="s">
+        <v>302</v>
+      </c>
+      <c r="D45" t="s">
+        <v>67</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>205</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2024</v>
+      </c>
+      <c r="J45" t="s">
+        <v>303</v>
+      </c>
+      <c r="K45" t="s">
+        <v>46</v>
+      </c>
+      <c r="L45" t="s">
+        <v>304</v>
+      </c>
+      <c r="M45" t="s">
+        <v>305</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>306</v>
+      </c>
+      <c r="P45" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>308</v>
+      </c>
+      <c r="B46" t="s">
+        <v>309</v>
+      </c>
+      <c r="C46" t="s">
+        <v>310</v>
+      </c>
+      <c r="D46" t="s">
+        <v>311</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>205</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2024</v>
+      </c>
+      <c r="J46" t="s">
+        <v>303</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" t="s">
+        <v>312</v>
+      </c>
+      <c r="M46" t="s">
+        <v>305</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>313</v>
+      </c>
+      <c r="P46" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>315</v>
+      </c>
+      <c r="B47" t="s">
+        <v>316</v>
+      </c>
+      <c r="C47" t="s">
+        <v>317</v>
+      </c>
+      <c r="D47" t="s">
+        <v>75</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2005</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
         <v>185</v>
       </c>
-      <c r="C39" t="s">
-[...11 lines deleted...]
-      <c r="G39">
+      <c r="K47" t="s">
+        <v>46</v>
+      </c>
+      <c r="L47" t="s">
+        <v>318</v>
+      </c>
+      <c r="M47" t="s">
+        <v>319</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>320</v>
+      </c>
+      <c r="P47" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>322</v>
+      </c>
+      <c r="B48" t="s">
+        <v>323</v>
+      </c>
+      <c r="C48" t="s">
+        <v>154</v>
+      </c>
+      <c r="D48" t="s">
+        <v>44</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>108</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>161</v>
+      </c>
+      <c r="K48" t="s">
+        <v>46</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>156</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>324</v>
+      </c>
+      <c r="P48" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>326</v>
+      </c>
+      <c r="B49" t="s">
+        <v>327</v>
+      </c>
+      <c r="C49" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" t="s">
+        <v>60</v>
+      </c>
+      <c r="E49" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" t="s">
+        <v>108</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2011</v>
+      </c>
+      <c r="J49" t="s">
+        <v>161</v>
+      </c>
+      <c r="K49" t="s">
+        <v>68</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>156</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>328</v>
+      </c>
+      <c r="P49"/>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>329</v>
+      </c>
+      <c r="B50" t="s">
+        <v>330</v>
+      </c>
+      <c r="C50" t="s">
+        <v>154</v>
+      </c>
+      <c r="D50" t="s">
+        <v>141</v>
+      </c>
+      <c r="E50" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" t="s">
+        <v>108</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2011</v>
+      </c>
+      <c r="I50">
+        <v>2013</v>
+      </c>
+      <c r="J50" t="s">
+        <v>161</v>
+      </c>
+      <c r="K50" t="s">
+        <v>46</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>156</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>331</v>
+      </c>
+      <c r="P50" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>333</v>
+      </c>
+      <c r="B51" t="s">
+        <v>334</v>
+      </c>
+      <c r="C51" t="s">
+        <v>154</v>
+      </c>
+      <c r="D51" t="s">
+        <v>60</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>108</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>161</v>
+      </c>
+      <c r="K51" t="s">
+        <v>46</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>163</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>335</v>
+      </c>
+      <c r="P51" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>337</v>
+      </c>
+      <c r="B52" t="s">
+        <v>338</v>
+      </c>
+      <c r="C52" t="s">
+        <v>154</v>
+      </c>
+      <c r="D52" t="s">
+        <v>67</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>108</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2006</v>
       </c>
-      <c r="H39">
+      <c r="I52">
+        <v>2016</v>
+      </c>
+      <c r="J52" t="s">
+        <v>161</v>
+      </c>
+      <c r="K52" t="s">
+        <v>46</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>163</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>341</v>
+      </c>
+      <c r="B53" t="s">
+        <v>342</v>
+      </c>
+      <c r="C53" t="s">
+        <v>154</v>
+      </c>
+      <c r="D53" t="s">
+        <v>67</v>
+      </c>
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>108</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2006</v>
+      </c>
+      <c r="I53">
+        <v>2013</v>
+      </c>
+      <c r="J53" t="s">
+        <v>161</v>
+      </c>
+      <c r="K53" t="s">
+        <v>46</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>163</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>343</v>
+      </c>
+      <c r="P53" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>345</v>
+      </c>
+      <c r="B54" t="s">
+        <v>346</v>
+      </c>
+      <c r="C54" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" t="s">
+        <v>60</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2011</v>
+      </c>
+      <c r="I54">
+        <v>2011</v>
+      </c>
+      <c r="J54" t="s">
+        <v>161</v>
+      </c>
+      <c r="K54" t="s">
+        <v>46</v>
+      </c>
+      <c r="L54" t="s">
+        <v>347</v>
+      </c>
+      <c r="M54" t="s">
+        <v>163</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>348</v>
+      </c>
+      <c r="P54" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>350</v>
+      </c>
+      <c r="B55" t="s">
+        <v>351</v>
+      </c>
+      <c r="C55" t="s">
+        <v>107</v>
+      </c>
+      <c r="D55" t="s">
+        <v>67</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2008</v>
       </c>
-      <c r="I39" t="s">
-[...35 lines deleted...]
-      <c r="G40">
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>352</v>
+      </c>
+      <c r="K55" t="s">
+        <v>46</v>
+      </c>
+      <c r="L55" t="s">
+        <v>353</v>
+      </c>
+      <c r="M55" t="s">
+        <v>354</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>355</v>
+      </c>
+      <c r="P55" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>357</v>
+      </c>
+      <c r="B56" t="s">
+        <v>358</v>
+      </c>
+      <c r="C56" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2011</v>
+      </c>
+      <c r="I56">
+        <v>2021</v>
+      </c>
+      <c r="J56" t="s">
+        <v>352</v>
+      </c>
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>359</v>
+      </c>
+      <c r="M56" t="s">
+        <v>354</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>360</v>
+      </c>
+      <c r="P56" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>362</v>
+      </c>
+      <c r="B57" t="s">
+        <v>363</v>
+      </c>
+      <c r="C57" t="s">
+        <v>107</v>
+      </c>
+      <c r="D57" t="s">
+        <v>67</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2008</v>
+      </c>
+      <c r="I57">
+        <v>2022</v>
+      </c>
+      <c r="J57" t="s">
+        <v>352</v>
+      </c>
+      <c r="K57" t="s">
+        <v>68</v>
+      </c>
+      <c r="L57" t="s">
+        <v>364</v>
+      </c>
+      <c r="M57" t="s">
+        <v>354</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>365</v>
+      </c>
+      <c r="P57" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>367</v>
+      </c>
+      <c r="B58" t="s">
+        <v>368</v>
+      </c>
+      <c r="C58" t="s">
+        <v>369</v>
+      </c>
+      <c r="D58" t="s">
+        <v>370</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2017</v>
+      </c>
+      <c r="J58" t="s">
+        <v>260</v>
+      </c>
+      <c r="K58" t="s">
+        <v>46</v>
+      </c>
+      <c r="L58" t="s">
+        <v>371</v>
+      </c>
+      <c r="M58" t="s">
+        <v>372</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>373</v>
+      </c>
+      <c r="P58" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>376</v>
+      </c>
+      <c r="C59" t="s">
+        <v>369</v>
+      </c>
+      <c r="D59" t="s">
+        <v>370</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2017</v>
+      </c>
+      <c r="J59" t="s">
+        <v>260</v>
+      </c>
+      <c r="K59" t="s">
+        <v>46</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>372</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>377</v>
+      </c>
+      <c r="P59" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>379</v>
+      </c>
+      <c r="B60" t="s">
+        <v>380</v>
+      </c>
+      <c r="C60" t="s">
+        <v>381</v>
+      </c>
+      <c r="D60" t="s">
+        <v>141</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>205</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
+      <c r="J60" t="s">
+        <v>174</v>
+      </c>
+      <c r="K60" t="s">
+        <v>46</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>382</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>383</v>
+      </c>
+      <c r="P60" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>385</v>
+      </c>
+      <c r="B61" t="s">
+        <v>386</v>
+      </c>
+      <c r="C61" t="s">
+        <v>387</v>
+      </c>
+      <c r="D61" t="s">
+        <v>67</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>45</v>
+      </c>
+      <c r="K61" t="s">
+        <v>46</v>
+      </c>
+      <c r="L61" t="s">
+        <v>388</v>
+      </c>
+      <c r="M61" t="s">
+        <v>389</v>
+      </c>
+      <c r="N61" t="s">
+        <v>276</v>
+      </c>
+      <c r="O61" t="s">
+        <v>390</v>
+      </c>
+      <c r="P61" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>392</v>
+      </c>
+      <c r="B62" t="s">
+        <v>393</v>
+      </c>
+      <c r="C62" t="s">
+        <v>387</v>
+      </c>
+      <c r="D62" t="s">
+        <v>75</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62">
+        <v>2014</v>
+      </c>
+      <c r="J62" t="s">
+        <v>45</v>
+      </c>
+      <c r="K62" t="s">
+        <v>394</v>
+      </c>
+      <c r="L62" t="s">
+        <v>395</v>
+      </c>
+      <c r="M62" t="s">
+        <v>389</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>396</v>
+      </c>
+      <c r="P62" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>398</v>
+      </c>
+      <c r="B63" t="s">
+        <v>399</v>
+      </c>
+      <c r="C63" t="s">
+        <v>387</v>
+      </c>
+      <c r="D63" t="s">
+        <v>75</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2013</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>45</v>
+      </c>
+      <c r="K63" t="s">
+        <v>394</v>
+      </c>
+      <c r="L63" t="s">
+        <v>400</v>
+      </c>
+      <c r="M63" t="s">
+        <v>389</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>403</v>
+      </c>
+      <c r="B64" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" t="s">
+        <v>405</v>
+      </c>
+      <c r="D64" t="s">
+        <v>406</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>205</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>35</v>
+      </c>
+      <c r="K64" t="s">
+        <v>46</v>
+      </c>
+      <c r="L64" t="s">
+        <v>407</v>
+      </c>
+      <c r="M64" t="s">
+        <v>408</v>
+      </c>
+      <c r="N64" t="s">
+        <v>409</v>
+      </c>
+      <c r="O64" t="s">
+        <v>410</v>
+      </c>
+      <c r="P64" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>412</v>
+      </c>
+      <c r="B65" t="s">
+        <v>413</v>
+      </c>
+      <c r="C65" t="s">
+        <v>173</v>
+      </c>
+      <c r="D65" t="s">
+        <v>75</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2002</v>
+      </c>
+      <c r="I65">
+        <v>2007</v>
+      </c>
+      <c r="J65" t="s">
+        <v>174</v>
+      </c>
+      <c r="K65" t="s">
+        <v>46</v>
+      </c>
+      <c r="L65" t="s">
+        <v>175</v>
+      </c>
+      <c r="M65" t="s">
+        <v>176</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>414</v>
+      </c>
+      <c r="P65" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>416</v>
+      </c>
+      <c r="B66" t="s">
+        <v>417</v>
+      </c>
+      <c r="C66" t="s">
+        <v>173</v>
+      </c>
+      <c r="D66" t="s">
+        <v>60</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2011</v>
+      </c>
+      <c r="I66">
+        <v>2015</v>
+      </c>
+      <c r="J66" t="s">
+        <v>174</v>
+      </c>
+      <c r="K66" t="s">
+        <v>46</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>176</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>418</v>
+      </c>
+      <c r="P66" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>419</v>
+      </c>
+      <c r="B67" t="s">
+        <v>420</v>
+      </c>
+      <c r="C67" t="s">
+        <v>107</v>
+      </c>
+      <c r="D67" t="s">
+        <v>67</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2007</v>
+      </c>
+      <c r="I67">
+        <v>2011</v>
+      </c>
+      <c r="J67" t="s">
+        <v>352</v>
+      </c>
+      <c r="K67" t="s">
+        <v>68</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>421</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>422</v>
+      </c>
+      <c r="P67" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>426</v>
+      </c>
+      <c r="D68" t="s">
+        <v>212</v>
+      </c>
+      <c r="E68" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" t="s">
+        <v>108</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2006</v>
       </c>
-      <c r="H40">
-[...138 lines deleted...]
-      <c r="K43" t="s">
+      <c r="I68">
+        <v>2006</v>
+      </c>
+      <c r="J68" t="s">
+        <v>174</v>
+      </c>
+      <c r="K68" t="s">
+        <v>46</v>
+      </c>
+      <c r="L68" t="s">
+        <v>427</v>
+      </c>
+      <c r="M68" t="s">
+        <v>428</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>429</v>
+      </c>
+      <c r="P68"/>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>430</v>
+      </c>
+      <c r="B69" t="s">
+        <v>431</v>
+      </c>
+      <c r="C69" t="s">
+        <v>432</v>
+      </c>
+      <c r="D69" t="s">
+        <v>433</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>205</v>
       </c>
-      <c r="L43" t="s">
-[...673 lines deleted...]
-      <c r="H59">
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2017</v>
+      </c>
+      <c r="I69">
         <v>2021</v>
       </c>
-      <c r="I59" t="s">
-[...437 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>39</v>
+        <v>434</v>
       </c>
       <c r="K69" t="s">
-        <v>128</v>
+        <v>435</v>
       </c>
       <c r="L69" t="s">
-        <v>129</v>
+        <v>436</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="N69" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>409</v>
+      </c>
+      <c r="O69" t="s">
+        <v>438</v>
+      </c>
+      <c r="P69" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>302</v>
+        <v>440</v>
       </c>
       <c r="B70" t="s">
-        <v>126</v>
+        <v>441</v>
       </c>
       <c r="C70" t="s">
-        <v>49</v>
+        <v>442</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="E70" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>444</v>
+      </c>
+      <c r="G70" t="s">
+        <v>8</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
-      <c r="I70" t="s">
-        <v>127</v>
+      <c r="I70">
+        <v>2024</v>
       </c>
       <c r="J70" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K70"/>
+        <v>445</v>
+      </c>
+      <c r="K70" t="s">
+        <v>46</v>
+      </c>
       <c r="L70" t="s">
-        <v>129</v>
+        <v>446</v>
       </c>
       <c r="M70" t="s">
+        <v>447</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>448</v>
+      </c>
+      <c r="P70" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>450</v>
+      </c>
+      <c r="B71" t="s">
+        <v>451</v>
+      </c>
+      <c r="C71" t="s">
+        <v>173</v>
+      </c>
+      <c r="D71" t="s">
+        <v>44</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>444</v>
+      </c>
+      <c r="G71" t="s">
+        <v>8</v>
+      </c>
+      <c r="H71">
+        <v>2004</v>
+      </c>
+      <c r="I71">
+        <v>2024</v>
+      </c>
+      <c r="J71" t="s">
+        <v>445</v>
+      </c>
+      <c r="K71" t="s">
+        <v>46</v>
+      </c>
+      <c r="L71" t="s">
+        <v>452</v>
+      </c>
+      <c r="M71" t="s">
+        <v>447</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>453</v>
+      </c>
+      <c r="P71" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>454</v>
+      </c>
+      <c r="B72" t="s">
+        <v>455</v>
+      </c>
+      <c r="C72" t="s">
+        <v>456</v>
+      </c>
+      <c r="D72" t="s">
+        <v>457</v>
+      </c>
+      <c r="E72" t="s">
+        <v>33</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72">
+        <v>2018</v>
+      </c>
+      <c r="J72" t="s">
+        <v>260</v>
+      </c>
+      <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="N70" t="s">
-[...25 lines deleted...]
-      <c r="H71">
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>458</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>459</v>
+      </c>
+      <c r="P72" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>461</v>
+      </c>
+      <c r="B73" t="s">
+        <v>462</v>
+      </c>
+      <c r="C73" t="s">
+        <v>463</v>
+      </c>
+      <c r="D73" t="s">
+        <v>464</v>
+      </c>
+      <c r="E73" t="s">
+        <v>33</v>
+      </c>
+      <c r="F73" t="s">
+        <v>108</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2008</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>352</v>
+      </c>
+      <c r="K73" t="s">
+        <v>46</v>
+      </c>
+      <c r="L73" t="s">
+        <v>465</v>
+      </c>
+      <c r="M73" t="s">
+        <v>466</v>
+      </c>
+      <c r="N73" t="s">
+        <v>409</v>
+      </c>
+      <c r="O73" t="s">
+        <v>467</v>
+      </c>
+      <c r="P73" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>469</v>
+      </c>
+      <c r="B74" t="s">
+        <v>470</v>
+      </c>
+      <c r="C74" t="s">
+        <v>471</v>
+      </c>
+      <c r="D74" t="s">
+        <v>60</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74">
+        <v>2016</v>
+      </c>
+      <c r="J74" t="s">
+        <v>155</v>
+      </c>
+      <c r="K74" t="s">
+        <v>46</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>472</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>473</v>
+      </c>
+      <c r="P74" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>475</v>
+      </c>
+      <c r="B75" t="s">
+        <v>476</v>
+      </c>
+      <c r="C75" t="s">
+        <v>477</v>
+      </c>
+      <c r="D75" t="s">
+        <v>212</v>
+      </c>
+      <c r="E75" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" t="s">
+        <v>108</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2012</v>
+      </c>
+      <c r="I75">
+        <v>2012</v>
+      </c>
+      <c r="J75" t="s">
+        <v>174</v>
+      </c>
+      <c r="K75" t="s">
+        <v>46</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>478</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>479</v>
+      </c>
+      <c r="P75" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>481</v>
+      </c>
+      <c r="B76" t="s">
+        <v>482</v>
+      </c>
+      <c r="C76" t="s">
+        <v>463</v>
+      </c>
+      <c r="D76" t="s">
+        <v>464</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2008</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>185</v>
+      </c>
+      <c r="K76" t="s">
+        <v>46</v>
+      </c>
+      <c r="L76" t="s">
+        <v>483</v>
+      </c>
+      <c r="M76" t="s">
+        <v>484</v>
+      </c>
+      <c r="N76" t="s">
+        <v>409</v>
+      </c>
+      <c r="O76" t="s">
+        <v>485</v>
+      </c>
+      <c r="P76" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>487</v>
+      </c>
+      <c r="B77" t="s">
+        <v>488</v>
+      </c>
+      <c r="C77" t="s">
+        <v>131</v>
+      </c>
+      <c r="D77" t="s">
+        <v>44</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2015</v>
+      </c>
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
+        <v>134</v>
+      </c>
+      <c r="K77" t="s">
+        <v>46</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>135</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>489</v>
+      </c>
+      <c r="P77" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>491</v>
+      </c>
+      <c r="B78" t="s">
+        <v>492</v>
+      </c>
+      <c r="C78" t="s">
+        <v>184</v>
+      </c>
+      <c r="D78" t="s">
+        <v>53</v>
+      </c>
+      <c r="E78" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" t="s">
+        <v>108</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2011</v>
       </c>
-      <c r="I71" t="s">
-[...9 lines deleted...]
-      <c r="M71" t="s">
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>192</v>
+      </c>
+      <c r="K78" t="s">
+        <v>46</v>
+      </c>
+      <c r="L78" t="s">
+        <v>493</v>
+      </c>
+      <c r="M78" t="s">
+        <v>494</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>495</v>
+      </c>
+      <c r="P78" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>497</v>
+      </c>
+      <c r="B79" t="s">
+        <v>498</v>
+      </c>
+      <c r="C79" t="s">
+        <v>184</v>
+      </c>
+      <c r="D79" t="s">
+        <v>141</v>
+      </c>
+      <c r="E79" t="s">
+        <v>33</v>
+      </c>
+      <c r="F79" t="s">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2014</v>
+      </c>
+      <c r="I79">
+        <v>2019</v>
+      </c>
+      <c r="J79" t="s">
+        <v>185</v>
+      </c>
+      <c r="K79" t="s">
+        <v>46</v>
+      </c>
+      <c r="L79" t="s">
+        <v>499</v>
+      </c>
+      <c r="M79" t="s">
+        <v>187</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>500</v>
+      </c>
+      <c r="P79" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>502</v>
+      </c>
+      <c r="B80" t="s">
+        <v>503</v>
+      </c>
+      <c r="C80" t="s">
+        <v>184</v>
+      </c>
+      <c r="D80" t="s">
+        <v>504</v>
+      </c>
+      <c r="E80" t="s">
+        <v>33</v>
+      </c>
+      <c r="F80" t="s">
+        <v>34</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2004</v>
+      </c>
+      <c r="I80">
+        <v>2019</v>
+      </c>
+      <c r="J80" t="s">
+        <v>185</v>
+      </c>
+      <c r="K80" t="s">
+        <v>46</v>
+      </c>
+      <c r="L80" t="s">
+        <v>505</v>
+      </c>
+      <c r="M80" t="s">
+        <v>187</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>506</v>
+      </c>
+      <c r="P80" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>508</v>
+      </c>
+      <c r="B81" t="s">
+        <v>509</v>
+      </c>
+      <c r="C81" t="s">
+        <v>184</v>
+      </c>
+      <c r="D81" t="s">
+        <v>44</v>
+      </c>
+      <c r="E81" t="s">
+        <v>33</v>
+      </c>
+      <c r="F81" t="s">
+        <v>34</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2011</v>
+      </c>
+      <c r="I81">
+        <v>2019</v>
+      </c>
+      <c r="J81" t="s">
+        <v>185</v>
+      </c>
+      <c r="K81" t="s">
+        <v>46</v>
+      </c>
+      <c r="L81" t="s">
+        <v>510</v>
+      </c>
+      <c r="M81" t="s">
+        <v>187</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>511</v>
+      </c>
+      <c r="P81" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>513</v>
+      </c>
+      <c r="B82" t="s">
+        <v>514</v>
+      </c>
+      <c r="C82" t="s">
+        <v>405</v>
+      </c>
+      <c r="D82" t="s">
+        <v>44</v>
+      </c>
+      <c r="E82" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" t="s">
+        <v>108</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2001</v>
+      </c>
+      <c r="I82">
+        <v>2020</v>
+      </c>
+      <c r="J82" t="s">
+        <v>35</v>
+      </c>
+      <c r="K82" t="s">
+        <v>46</v>
+      </c>
+      <c r="L82" t="s">
+        <v>515</v>
+      </c>
+      <c r="M82" t="s">
+        <v>516</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>517</v>
+      </c>
+      <c r="P82" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>519</v>
+      </c>
+      <c r="B83" t="s">
+        <v>520</v>
+      </c>
+      <c r="C83" t="s">
+        <v>405</v>
+      </c>
+      <c r="D83" t="s">
+        <v>60</v>
+      </c>
+      <c r="E83" t="s">
+        <v>33</v>
+      </c>
+      <c r="F83" t="s">
+        <v>108</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2012</v>
+      </c>
+      <c r="I83">
+        <v>2020</v>
+      </c>
+      <c r="J83" t="s">
+        <v>155</v>
+      </c>
+      <c r="K83" t="s">
+        <v>68</v>
+      </c>
+      <c r="L83" t="s">
+        <v>521</v>
+      </c>
+      <c r="M83" t="s">
+        <v>522</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>523</v>
+      </c>
+      <c r="P83" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>525</v>
+      </c>
+      <c r="B84" t="s">
+        <v>526</v>
+      </c>
+      <c r="C84" t="s">
+        <v>405</v>
+      </c>
+      <c r="D84" t="s">
+        <v>527</v>
+      </c>
+      <c r="E84" t="s">
+        <v>33</v>
+      </c>
+      <c r="F84" t="s">
+        <v>108</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84">
+        <v>2020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>155</v>
+      </c>
+      <c r="K84" t="s">
+        <v>46</v>
+      </c>
+      <c r="L84" t="s">
+        <v>528</v>
+      </c>
+      <c r="M84" t="s">
+        <v>522</v>
+      </c>
+      <c r="N84" t="s">
+        <v>409</v>
+      </c>
+      <c r="O84" t="s">
+        <v>529</v>
+      </c>
+      <c r="P84" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>531</v>
+      </c>
+      <c r="B85" t="s">
+        <v>532</v>
+      </c>
+      <c r="C85" t="s">
+        <v>405</v>
+      </c>
+      <c r="D85" t="s">
+        <v>53</v>
+      </c>
+      <c r="E85" t="s">
+        <v>33</v>
+      </c>
+      <c r="F85" t="s">
+        <v>108</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2014</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>35</v>
+      </c>
+      <c r="K85" t="s">
+        <v>46</v>
+      </c>
+      <c r="L85" t="s">
+        <v>533</v>
+      </c>
+      <c r="M85" t="s">
+        <v>516</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>534</v>
+      </c>
+      <c r="P85" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>536</v>
+      </c>
+      <c r="B86" t="s">
+        <v>537</v>
+      </c>
+      <c r="C86" t="s">
+        <v>538</v>
+      </c>
+      <c r="D86" t="s">
+        <v>370</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86">
+        <v>2014</v>
+      </c>
+      <c r="J86" t="s">
+        <v>185</v>
+      </c>
+      <c r="K86" t="s">
         <v>24</v>
       </c>
-      <c r="N71" t="s">
-[...40 lines deleted...]
-      <c r="M72" t="s">
+      <c r="L86" t="s">
+        <v>539</v>
+      </c>
+      <c r="M86" t="s">
+        <v>540</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>541</v>
+      </c>
+      <c r="P86" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>536</v>
+      </c>
+      <c r="B87" t="s">
+        <v>543</v>
+      </c>
+      <c r="C87" t="s">
+        <v>538</v>
+      </c>
+      <c r="D87" t="s">
+        <v>370</v>
+      </c>
+      <c r="E87" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2015</v>
+      </c>
+      <c r="I87">
+        <v>2017</v>
+      </c>
+      <c r="J87" t="s">
+        <v>185</v>
+      </c>
+      <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="N72" t="s">
-[...22 lines deleted...]
-      <c r="G73">
+      <c r="L87" t="s">
+        <v>544</v>
+      </c>
+      <c r="M87" t="s">
+        <v>540</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>545</v>
+      </c>
+      <c r="P87" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>546</v>
+      </c>
+      <c r="B88" t="s">
+        <v>547</v>
+      </c>
+      <c r="C88" t="s">
+        <v>538</v>
+      </c>
+      <c r="D88" t="s">
+        <v>75</v>
+      </c>
+      <c r="E88" t="s">
+        <v>33</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2011</v>
+      </c>
+      <c r="I88">
+        <v>2021</v>
+      </c>
+      <c r="J88" t="s">
+        <v>185</v>
+      </c>
+      <c r="K88" t="s">
+        <v>46</v>
+      </c>
+      <c r="L88" t="s">
+        <v>548</v>
+      </c>
+      <c r="M88" t="s">
+        <v>540</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>549</v>
+      </c>
+      <c r="P88" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>551</v>
+      </c>
+      <c r="B89" t="s">
+        <v>552</v>
+      </c>
+      <c r="C89" t="s">
+        <v>538</v>
+      </c>
+      <c r="D89" t="s">
+        <v>75</v>
+      </c>
+      <c r="E89" t="s">
+        <v>33</v>
+      </c>
+      <c r="F89" t="s">
+        <v>34</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2002</v>
+      </c>
+      <c r="I89">
+        <v>2021</v>
+      </c>
+      <c r="J89" t="s">
+        <v>185</v>
+      </c>
+      <c r="K89" t="s">
+        <v>46</v>
+      </c>
+      <c r="L89" t="s">
+        <v>553</v>
+      </c>
+      <c r="M89" t="s">
+        <v>540</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>554</v>
+      </c>
+      <c r="P89" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>556</v>
+      </c>
+      <c r="B90" t="s">
+        <v>557</v>
+      </c>
+      <c r="C90" t="s">
+        <v>558</v>
+      </c>
+      <c r="D90" t="s">
+        <v>559</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>205</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2012</v>
+      </c>
+      <c r="I90">
+        <v>2014</v>
+      </c>
+      <c r="J90" t="s">
+        <v>352</v>
+      </c>
+      <c r="K90" t="s">
+        <v>46</v>
+      </c>
+      <c r="L90" t="s">
+        <v>560</v>
+      </c>
+      <c r="M90" t="s">
+        <v>561</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>562</v>
+      </c>
+      <c r="P90" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>564</v>
+      </c>
+      <c r="B91" t="s">
+        <v>565</v>
+      </c>
+      <c r="C91" t="s">
+        <v>317</v>
+      </c>
+      <c r="D91" t="s">
+        <v>566</v>
+      </c>
+      <c r="E91" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" t="s">
+        <v>34</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2015</v>
+      </c>
+      <c r="I91">
+        <v>2016</v>
+      </c>
+      <c r="J91" t="s">
+        <v>434</v>
+      </c>
+      <c r="K91" t="s">
+        <v>567</v>
+      </c>
+      <c r="L91" t="s">
+        <v>568</v>
+      </c>
+      <c r="M91" t="s">
+        <v>569</v>
+      </c>
+      <c r="N91" t="s">
+        <v>570</v>
+      </c>
+      <c r="O91" t="s">
+        <v>571</v>
+      </c>
+      <c r="P91" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>573</v>
+      </c>
+      <c r="B92" t="s">
+        <v>574</v>
+      </c>
+      <c r="C92" t="s">
+        <v>575</v>
+      </c>
+      <c r="D92" t="s">
+        <v>576</v>
+      </c>
+      <c r="E92" t="s">
+        <v>33</v>
+      </c>
+      <c r="F92" t="s">
+        <v>108</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2011</v>
+      </c>
+      <c r="I92">
         <v>2017</v>
       </c>
-      <c r="H73">
-[...828 lines deleted...]
-      </c>
       <c r="J92" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K92" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>567</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>577</v>
       </c>
       <c r="N92" t="s">
-        <v>393</v>
-[...173 lines deleted...]
-        <v>414</v>
+        <v>570</v>
+      </c>
+      <c r="O92" t="s">
+        <v>578</v>
+      </c>
+      <c r="P92" t="s">
+        <v>579</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>