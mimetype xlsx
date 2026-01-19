--- v0 (2025-10-12)
+++ v1 (2026-01-19)
@@ -12,489 +12,645 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -758,1187 +914,1340 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1994</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F14" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>63</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>46</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...2 lines deleted...]
-      <c r="H4">
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1999</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2000</v>
+      </c>
+      <c r="I16">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J16" t="s">
+        <v>87</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>89</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...28 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>87</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>89</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...8 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...26 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>87</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...8 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...24 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>87</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>89</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...8 lines deleted...]
-      <c r="J7" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...28 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2000</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>87</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>133</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>148</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>80</v>
+      </c>
+      <c r="K21" t="s">
+        <v>149</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>151</v>
+      </c>
+      <c r="N21" t="s">
+        <v>152</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...8 lines deleted...]
-      <c r="J8" t="s">
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>73</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>73</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>157</v>
+      </c>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...26 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1997</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>167</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...8 lines deleted...]
-      <c r="J9" t="s">
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...120 lines deleted...]
-      <c r="H12">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2004</v>
+      </c>
+      <c r="I25">
         <v>2020</v>
       </c>
-      <c r="I12" t="s">
-[...22 lines deleted...]
-      <c r="B13" t="s">
+      <c r="J25" t="s">
+        <v>175</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>124</v>
+      </c>
+      <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
         <v>26</v>
       </c>
-      <c r="C13" t="s">
-[...553 lines deleted...]
-        <v>128</v>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>