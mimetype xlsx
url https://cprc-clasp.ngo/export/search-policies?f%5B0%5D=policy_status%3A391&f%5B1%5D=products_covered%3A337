--- v0 (2025-10-12)
+++ v1 (2026-03-07)
@@ -12,425 +12,525 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,847 +794,952 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="281.788" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2005</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>90</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
-      </c>
-[...424 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
-      <c r="I12" t="s">
-        <v>63</v>
+      <c r="I12">
+        <v>2008</v>
       </c>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>47</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
+        <v>56</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>90</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>125</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1982</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>126</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-        <v>83</v>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>128</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...6 lines deleted...]
-      <c r="C13" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
         <v>44</v>
       </c>
-      <c r="D13" t="s">
-[...28 lines deleted...]
-        <v>88</v>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
-[...3 lines deleted...]
-      <c r="B14" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>139</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>90</v>
       </c>
-      <c r="C14" t="s">
-[...139 lines deleted...]
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>140</v>
+      </c>
+      <c r="H17">
         <v>2002</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2007</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>29</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>93</v>
+        <v>142</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="N17" t="s">
-        <v>111</v>
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>