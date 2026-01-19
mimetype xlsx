--- v0 (2025-11-29)
+++ v1 (2026-01-19)
@@ -104,411 +104,411 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...329 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
+  </si>
+  <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>CNS15437</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
+  </si>
+  <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1(Int):2014</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
@@ -1021,968 +1021,966 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2014</v>
+        <v>1980</v>
       </c>
       <c r="I4">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
         <v>47</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
         <v>48</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
         <v>51</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>52</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>53</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>55</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I5">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
         <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
       <c r="M5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I6">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I7">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="H8"/>
+      <c r="H8">
+        <v>2012</v>
+      </c>
       <c r="I8">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="H9">
+      <c r="H9"/>
+      <c r="I9">
         <v>2016</v>
       </c>
-      <c r="I9">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="K9" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
       <c r="M9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="I10">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>46</v>
+        <v>87</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="I11">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H12">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="I12">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="J12" t="s">
         <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>109</v>
       </c>
       <c r="M12" t="s">
         <v>110</v>
       </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
         <v>111</v>
       </c>
       <c r="P12" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>113</v>
       </c>
       <c r="B13" t="s">
         <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J13" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="M13" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>124</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="I14">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>125</v>
+      </c>
       <c r="M14" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I15">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="N15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>53</v>
+      </c>
+      <c r="C16" t="s">
         <v>130</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I16">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="B17" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C17" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="N17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="P17" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
         <v>141</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I18">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J18" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
         <v>147</v>
       </c>
       <c r="P18" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>149</v>
       </c>
       <c r="B19" t="s">
         <v>150</v>
       </c>
       <c r="C19" t="s">
         <v>151</v>
       </c>
       <c r="D19" t="s">
         <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19">
         <v>2021</v>
       </c>
       <c r="J19" t="s">
         <v>153</v>
       </c>
       <c r="K19" t="s">
         <v>154</v>
       </c>
       <c r="L19" t="s">
         <v>155</v>
       </c>
       <c r="M19" t="s">
         <v>156</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>157</v>
       </c>
       <c r="P19" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>159</v>
       </c>
       <c r="B20" t="s">
         <v>160</v>
       </c>
       <c r="C20" t="s">
         <v>161</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
         <v>162</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>163</v>
       </c>
       <c r="M20" t="s">
         <v>164</v>
       </c>
       <c r="N20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
         <v>165</v>
       </c>
       <c r="P20" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>167</v>
       </c>
       <c r="B21" t="s">
         <v>168</v>
       </c>
       <c r="C21" t="s">
         <v>169</v>
       </c>
       <c r="D21" t="s">
         <v>170</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>171</v>
       </c>
       <c r="N21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
         <v>172</v>
       </c>
       <c r="P21" t="s">
         <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>