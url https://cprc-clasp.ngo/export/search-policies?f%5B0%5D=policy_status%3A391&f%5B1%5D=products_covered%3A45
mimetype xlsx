--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,184 +12,203 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -453,237 +472,258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="299.498" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...33 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>