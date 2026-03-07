--- v0 (2026-01-18)
+++ v1 (2026-03-07)
@@ -1389,69 +1389,69 @@
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
@@ -10800,127 +10800,127 @@
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>325</v>
       </c>
       <c r="N72" t="s">
         <v>36</v>
       </c>
       <c r="O72" t="s">
         <v>440</v>
       </c>
       <c r="P72" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>442</v>
       </c>
       <c r="B73" t="s">
         <v>443</v>
       </c>
       <c r="C73" t="s">
-        <v>321</v>
+        <v>370</v>
       </c>
       <c r="D73" t="s">
         <v>444</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>1992</v>
       </c>
       <c r="I73">
         <v>2013</v>
       </c>
       <c r="J73" t="s">
+        <v>44</v>
+      </c>
+      <c r="K73" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>325</v>
+        <v>446</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>447</v>
       </c>
       <c r="P73" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>442</v>
       </c>
       <c r="B74" t="s">
         <v>443</v>
       </c>
       <c r="C74" t="s">
-        <v>370</v>
+        <v>321</v>
       </c>
       <c r="D74" t="s">
         <v>444</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>1992</v>
       </c>
       <c r="I74">
         <v>2013</v>
       </c>
       <c r="J74" t="s">
-        <v>44</v>
+        <v>449</v>
       </c>
       <c r="K74" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>449</v>
+        <v>325</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>450</v>
       </c>
       <c r="P74" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>452</v>
       </c>
       <c r="B75" t="s">
         <v>453</v>
       </c>
       <c r="C75" t="s">
         <v>454</v>
       </c>
       <c r="D75" t="s">
         <v>455</v>
       </c>
       <c r="E75" t="s">
@@ -12498,51 +12498,51 @@
       <c r="C107" t="s">
         <v>617</v>
       </c>
       <c r="D107" t="s">
         <v>618</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>43</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2016</v>
       </c>
       <c r="I107">
         <v>2019</v>
       </c>
       <c r="J107" t="s">
         <v>71</v>
       </c>
       <c r="K107" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>619</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
         <v>620</v>
       </c>
       <c r="P107" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>622</v>
       </c>
       <c r="B108" t="s">
         <v>623</v>
       </c>
       <c r="C108" t="s">
         <v>624</v>
       </c>